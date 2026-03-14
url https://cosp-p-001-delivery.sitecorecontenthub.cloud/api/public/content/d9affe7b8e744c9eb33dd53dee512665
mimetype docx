--- v0 (2025-10-07)
+++ v1 (2026-03-14)
@@ -1,51 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3BA8BC1A" w14:textId="77777777" w:rsidR="00E51F67" w:rsidRDefault="00E51F67" w:rsidP="00E51F67">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk169526914"/>
       <w:r>
         <w:rPr>
           <w:color w:val="D2232A"/>
           <w:spacing w:val="-8"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Architectural Louvers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5345110E" w14:textId="77777777" w:rsidR="00E51F67" w:rsidRPr="00E95ED7" w:rsidRDefault="00E51F67" w:rsidP="00E51F67">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
@@ -1665,178 +1666,128 @@
         <w:t xml:space="preserve"> in the design and manufacturing of work similar to that shown and required. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D216D8" w14:textId="5B94F42B" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Performance Requirements: Provide AMCA test data as required to confirm that the louvers have the specified air and water performance characteristics. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C32A2B" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="7094819C" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Acoustical Performance: Where applicable, submit test reports to confirm that the louvers meet the specified STC and Noise Reduction requirements. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7094819C" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+        <w:t xml:space="preserve">Structural Requirements: Design all materials to withstand wind and snow loads as required by the applicable building code. Maximum allowable deflection for the louver structural members to be l/180 or 0.75 inches, whichever is less. Maximum allowable deflection for the louver blades to be l/120 or 0.50 inch across the weak axis, whichever is less. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3D424C" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Structural Requirements: Design all materials to withstand wind and snow loads as required by the applicable building code. Maximum allowable deflection for the louver structural members to be l/180 or 0.75 inches, whichever is less. Maximum allowable deflection for the louver blades to be l/120 or 0.50 inch across the weak axis, whichever is less. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0C3D424C" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+        <w:t xml:space="preserve">Professional Engineer Requirements: Drawings and structural calculations to be signed and sealed by a professional engineer licensed to practice in the project state. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25252492" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Professional Engineer Requirements: Drawings and structural calculations to be signed and sealed by a professional engineer licensed to practice in the project state. </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Warranty: Provide </w:t>
+        <w:t xml:space="preserve">Warranty: Provide written warranty to the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t>written</w:t>
+        <w:t>owner</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve"> warranty to the owner </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> of installation. </w:t>
+        <w:t xml:space="preserve"> that all products will be free of defective materials or workmanship for a period of one year from date of installation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF8A90B" w14:textId="3B23A9C1" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="001931AF">
       <w:pPr>
         <w:pStyle w:val="H4"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.0</w:t>
       </w:r>
       <w:r w:rsidR="00225D2A">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1958,51 +1909,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">If stored outdoors the material must be raised sufficiently off the ground to prevent it being flooded. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1172681C" w14:textId="45E2A4BA" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="2520" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If stored </w:t>
       </w:r>
       <w:r w:rsidR="00E33ABF" w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>outdoors</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> the material must be covered with a </w:t>
       </w:r>
       <w:r w:rsidR="00E33ABF" w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>weatherproof</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2797,51 +2747,50 @@
           </w:tcPr>
           <w:p w14:paraId="1012A1EB" w14:textId="77777777" w:rsidR="00F35C72" w:rsidRDefault="00F35C72" w:rsidP="00CC3469">
             <w:r>
               <w:t>0.06 in. H</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:t>O (1.52 mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F35C72" w14:paraId="59B6CC6C" w14:textId="77777777" w:rsidTr="005A1D68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="151F94E8" w14:textId="77777777" w:rsidR="00F35C72" w:rsidRDefault="00F35C72" w:rsidP="00CC3469">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Exhaust pressure drop at 1750 fpm intake velocity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77A03FA6" w14:textId="77777777" w:rsidR="00F35C72" w:rsidRDefault="00F35C72" w:rsidP="00CC3469">
             <w:r>
               <w:t>0.26 in. H</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:t>O (8.13 mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -3558,65 +3507,51 @@
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">General: Comply with NAAMM "Metal Finishes Manual" for finish designations and application recommendations, except as otherwise indicated. </w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Hlk125445234"/>
       <w:r w:rsidR="005A1D68">
         <w:t>Factory assembled prior to factory applied finish</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="00E51F67">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Protect finishes on exposed surfaces prior to shipment. Remove scratches and blemishes from exposed surfaces that will be visible after completing </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> process.  </w:t>
+        <w:t xml:space="preserve">Protect finishes on exposed surfaces prior to shipment. Remove scratches and blemishes from exposed surfaces that will be visible after completing finishing process.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:tab/>
         <w:t>Provide color as indicated or, if not otherwise indicated, as selected by architect.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D7C1C2D" w14:textId="1A976465" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="900"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="num" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
@@ -3849,67 +3784,51 @@
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Offers the realistic look of wood without </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> of trees or the costly, </w:t>
+        <w:t xml:space="preserve">Offers the realistic look of wood without destruction of trees or the costly, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:t>time consuming</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> maintenance required with real wood.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F6349F9" w14:textId="0AB82378" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
@@ -4247,51 +4166,50 @@
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Louvers to be finished with a minimum 1.0 mil (0.025mm) thick full strength 70% resin, 2 coat Fluoropolymer system.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="434852BC" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>All aluminum shall be thoroughly cleaned, etched and given a chromated conversion pre-treatment before application of the MICA II coating. The coating shall consist of a primer and a pearlescent pigmented PFV2 topcoat. It shall receive a bake cycle of 17 minutes at 450°F. All finishing procedures shall be one continuous operation in the plant of the manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="489AC173" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Manufacturer to furnish an extended 20 limited warranty for the Kynar/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
@@ -5138,51 +5056,50 @@
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22580A9A" w14:textId="77777777" w:rsidR="00FA77A3" w:rsidRPr="00391FE5" w:rsidRDefault="00FA77A3" w:rsidP="00FA77A3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C.    0.050” (1.27mm) thick </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>aluminum s</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">heet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
@@ -6096,51 +6013,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Maximum offset from true alignment between two members abutting end to end, edge-to-edge in line or separated by less than 3": 1/16" (shop or field joints). This limiting condition shall prevail under both load and no-load conditions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41FD815E" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Cut and trim component parts during erection only with the approval of the manufacturer or fabricator, and in accordance with his recommendations. Restore finish completely. Remove and replace members where cutting and trimming has impaired the strength or appearance of the assembly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3558CBF0" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Do not erect warped, bowed, deformed, or otherwise damaged or defaced members. Remove and replace any members damaged in the erection process as directed.</w:t>
       </w:r>
     </w:p>
@@ -6328,69 +6244,51 @@
     </w:p>
     <w:p w14:paraId="7C21EF05" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Restore louvers and accessory components damaged during installation and construction so no evidence remains of corrective work. If </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> of restoration are unsuccessful, as determined by the Architect, remove damaged materials and </w:t>
+        <w:t xml:space="preserve">Restore louvers and accessory components damaged during installation and construction so no evidence remains of corrective work. If results of restoration are unsuccessful, as determined by the Architect, remove damaged materials and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>replace</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with new materials.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CDB88D4" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -6450,58 +6348,58 @@
     <w:p w14:paraId="00B83EE1" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidSect="00C90F1C">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1872" w:right="979" w:bottom="1440" w:left="979" w:header="0" w:footer="1051" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C1D3DF6" w14:textId="77777777" w:rsidR="007C1B26" w:rsidRDefault="007C1B26">
+    <w:p w14:paraId="7B4B4D9B" w14:textId="77777777" w:rsidR="00B425CB" w:rsidRDefault="00B425CB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7347683E" w14:textId="77777777" w:rsidR="007C1B26" w:rsidRDefault="007C1B26">
+    <w:p w14:paraId="2DC49E08" w14:textId="77777777" w:rsidR="00B425CB" w:rsidRDefault="00B425CB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Light">
@@ -6547,51 +6445,50 @@
   <w:font w:name="Sabon LT Pro">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro Light">
     <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
-    <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EC56BD8" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00AC32EC">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
@@ -7165,58 +7062,58 @@
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="1A5F3DE7" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-10520;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="54pt,726.8pt" to="558pt,726.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBe0FV/sQEAAEwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8mO2zAMvRfoPwi6N/YM2jQ14sxhkull&#10;2gaY9gMYSY6FyqIgKrHz96WUpdut6EUQFz3yPVLLh2lw4mgiWfStvJvVUhivUFu/b+W3r09vFlJQ&#10;Aq/BoTetPBmSD6vXr5ZjaMw99ui0iYJBPDVjaGWfUmiqilRvBqAZBuM52GEcILEZ95WOMDL64Kr7&#10;up5XI0YdIipDxN71OShXBb/rjEpfuo5MEq6V3FsqZyznLp/VagnNPkLorbq0Af/QxQDWc9Eb1BoS&#10;iEO0f0ENVkUk7NJM4VBh11llCgdmc1f/wealh2AKFxaHwk0m+n+w6vPx0W9jbl1N/iU8o/pOLEo1&#10;BmpuwWxQ2EaxGz+h5jHCIWHhO3VxyI+ZiZiKrKebrGZKQrFz/rauFzWrr66xCprrwxApfTQ4iHxp&#10;pbM+M4YGjs+UciPQXFOy2+OTda5MzXkx8sp9qN/V5QWhszpHcx7F/e7RRXEEHvxmvnm/WeRZM9pv&#10;aRl6DdSf80rovBIRD16XMr0BvbncE1h3vjOQ8xeZsjJ54ajZoT5tY66TLR5ZqXhZr7wTv9ol6+cn&#10;WP0AAAD//wMAUEsDBBQABgAIAAAAIQCWbi323AAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9N&#10;S8NAEL0L/odlBG92N9aGErMpIngShbYePE6zYxLMzobsNo3+eqcH0du8D968V25m36uJxtgFtpAt&#10;DCjiOriOGwtv+6ebNaiYkB32gcnCF0XYVJcXJRYunHhL0y41SkI4FmihTWkotI51Sx7jIgzEon2E&#10;0WMSODbajXiScN/rW2Ny7bFj+dDiQI8t1Z+7o7fQuaXH52hep/f9d3wx9XaV9rO111fzwz2oRHP6&#10;M8O5vlSHSjodwpFdVL1gs5YtSY671TIHdbZkWS7c4ZfTVan/z6h+AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAF7QVX+xAQAATAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAJZuLfbcAAAADgEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokecolor="#e6e7e8" strokeweight="1.5pt">
               <o:lock v:ext="edit" shapetype="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28C03559" w14:textId="77777777" w:rsidR="007C1B26" w:rsidRDefault="007C1B26">
+    <w:p w14:paraId="0AFA695A" w14:textId="77777777" w:rsidR="00B425CB" w:rsidRDefault="00B425CB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44E75781" w14:textId="77777777" w:rsidR="007C1B26" w:rsidRDefault="007C1B26">
+    <w:p w14:paraId="2E11710D" w14:textId="77777777" w:rsidR="00B425CB" w:rsidRDefault="00B425CB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4E6CD141" w14:textId="77777777" w:rsidR="00E51F67" w:rsidRDefault="00E51F67" w:rsidP="00E51F67">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:color w:val="D2232A"/>
         <w:spacing w:val="-8"/>
         <w:lang w:bidi="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
         <w:noProof/>
       </w:rPr>
@@ -13026,50 +12923,51 @@
   </w:num>
   <w:num w:numId="45" w16cid:durableId="583995070">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1988702708">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1906329725">
     <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1262253284">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="38"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="187"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009525AD"/>
     <w:rsid w:val="000158E6"/>
     <w:rsid w:val="0004560A"/>
     <w:rsid w:val="00047809"/>
@@ -13079,115 +12977,118 @@
     <w:rsid w:val="001931AF"/>
     <w:rsid w:val="001D17DE"/>
     <w:rsid w:val="001E05E6"/>
     <w:rsid w:val="001F6721"/>
     <w:rsid w:val="002000FB"/>
     <w:rsid w:val="00215E30"/>
     <w:rsid w:val="00217A5D"/>
     <w:rsid w:val="0022592F"/>
     <w:rsid w:val="00225D2A"/>
     <w:rsid w:val="00266ACC"/>
     <w:rsid w:val="00287776"/>
     <w:rsid w:val="002A2E66"/>
     <w:rsid w:val="002C056E"/>
     <w:rsid w:val="002C6FA7"/>
     <w:rsid w:val="002F1B74"/>
     <w:rsid w:val="00330376"/>
     <w:rsid w:val="003853F2"/>
     <w:rsid w:val="00391FE5"/>
     <w:rsid w:val="003953BA"/>
     <w:rsid w:val="003B0F88"/>
     <w:rsid w:val="003D08DE"/>
     <w:rsid w:val="003E5953"/>
     <w:rsid w:val="00455B83"/>
     <w:rsid w:val="00464BB6"/>
     <w:rsid w:val="00467C80"/>
+    <w:rsid w:val="0048474B"/>
     <w:rsid w:val="00490CBD"/>
     <w:rsid w:val="00493ED8"/>
     <w:rsid w:val="0053089E"/>
     <w:rsid w:val="00561899"/>
     <w:rsid w:val="00574EB0"/>
     <w:rsid w:val="005A1D68"/>
     <w:rsid w:val="005E21A0"/>
     <w:rsid w:val="005E2B34"/>
     <w:rsid w:val="00613995"/>
     <w:rsid w:val="00656A05"/>
     <w:rsid w:val="00697C82"/>
     <w:rsid w:val="006F39D0"/>
     <w:rsid w:val="00707441"/>
     <w:rsid w:val="00730E54"/>
     <w:rsid w:val="007317F1"/>
     <w:rsid w:val="00743C38"/>
     <w:rsid w:val="00743C40"/>
     <w:rsid w:val="0078059C"/>
     <w:rsid w:val="007A2756"/>
     <w:rsid w:val="007C1B26"/>
     <w:rsid w:val="007E491C"/>
     <w:rsid w:val="00830B5A"/>
     <w:rsid w:val="00831FC5"/>
     <w:rsid w:val="00851755"/>
     <w:rsid w:val="008C0015"/>
     <w:rsid w:val="008F3963"/>
     <w:rsid w:val="008F5191"/>
     <w:rsid w:val="00947B63"/>
     <w:rsid w:val="009525AD"/>
     <w:rsid w:val="00955096"/>
     <w:rsid w:val="009827DB"/>
     <w:rsid w:val="00992A00"/>
     <w:rsid w:val="00A36A8D"/>
     <w:rsid w:val="00A72E85"/>
     <w:rsid w:val="00A802E6"/>
     <w:rsid w:val="00A95886"/>
     <w:rsid w:val="00AB2E3C"/>
     <w:rsid w:val="00AC2D3C"/>
     <w:rsid w:val="00AC32EC"/>
     <w:rsid w:val="00AD1C42"/>
     <w:rsid w:val="00AE2567"/>
     <w:rsid w:val="00B10D04"/>
     <w:rsid w:val="00B32912"/>
     <w:rsid w:val="00B4092D"/>
+    <w:rsid w:val="00B425CB"/>
     <w:rsid w:val="00B77285"/>
     <w:rsid w:val="00B919DE"/>
     <w:rsid w:val="00BD1549"/>
     <w:rsid w:val="00BD2E74"/>
     <w:rsid w:val="00BD3068"/>
     <w:rsid w:val="00BD7FA4"/>
     <w:rsid w:val="00BF0FFD"/>
     <w:rsid w:val="00C11373"/>
     <w:rsid w:val="00C45812"/>
     <w:rsid w:val="00C554FC"/>
     <w:rsid w:val="00C66AC0"/>
     <w:rsid w:val="00C67048"/>
     <w:rsid w:val="00C83646"/>
     <w:rsid w:val="00C90F1C"/>
     <w:rsid w:val="00C968C5"/>
     <w:rsid w:val="00CA6EDC"/>
     <w:rsid w:val="00CD50E8"/>
     <w:rsid w:val="00D17161"/>
     <w:rsid w:val="00D34D9D"/>
     <w:rsid w:val="00D94088"/>
     <w:rsid w:val="00DB7265"/>
+    <w:rsid w:val="00DC1BB6"/>
     <w:rsid w:val="00E30EC9"/>
     <w:rsid w:val="00E33ABF"/>
     <w:rsid w:val="00E51F67"/>
     <w:rsid w:val="00E53005"/>
     <w:rsid w:val="00E530C8"/>
     <w:rsid w:val="00E864EA"/>
     <w:rsid w:val="00ED185E"/>
     <w:rsid w:val="00EE31B4"/>
     <w:rsid w:val="00F03A30"/>
     <w:rsid w:val="00F35C72"/>
     <w:rsid w:val="00F41442"/>
     <w:rsid w:val="00F76E0F"/>
     <w:rsid w:val="00F91B35"/>
     <w:rsid w:val="00FA77A3"/>
     <w:rsid w:val="00FB50FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -14282,75 +14183,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{608F7CC3-FEB0-5E4F-9C35-96A651C416C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2477</Words>
-  <Characters>14124</Characters>
+  <Words>2455</Words>
+  <Characters>13998</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>117</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>116</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16568</CharactersWithSpaces>
+  <CharactersWithSpaces>16421</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Justin Teffeteller</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2019-05-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 14.0 (Macintosh)</vt:lpwstr>
   </property>