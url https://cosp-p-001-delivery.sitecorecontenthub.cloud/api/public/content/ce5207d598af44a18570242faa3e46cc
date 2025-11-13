--- v0 (2025-10-02)
+++ v1 (2025-11-13)
@@ -1,55 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5ACD9E96" w14:textId="77777777" w:rsidR="00A035EF" w:rsidRDefault="00A035EF" w:rsidP="00A035EF">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="D2232A"/>
           <w:spacing w:val="-8"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Architectural Louvers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D49B563" w14:textId="77777777" w:rsidR="00A035EF" w:rsidRPr="00E95ED7" w:rsidRDefault="00A035EF" w:rsidP="00A035EF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Sabon LT Pro"/>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -138,71 +139,64 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="53C432B5" id="Freeform: Shape 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:1.25pt;width:327pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="6540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAemZLNrQIAAL8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8EcTysnbdoqXT1DGE&#10;NBjSyg9wHaeJcHzGdpuOX8/ZTrpQ4Avii2X7zs8999z5rm8OnSR7YWwLqqTZWUqJUByqVm1L+nV9&#10;/+6SEuuYqpgEJUr6LCy9Wb5+dd3rQuTQgKyEIQiibNHrkjbO6SJJLG9Ex+wZaKHQWIPpmMOj2SaV&#10;YT2idzLJ0/Qi6cFU2gAX1uLtXTTSZcCva8HdY11b4YgsKXJzYTVh3fg1WV6zYmuYblo+0GD/wKJj&#10;rcKgR6g75hjZmfY3qK7lBizU7oxDl0Bdt1yEHDCbLD3J5qlhWoRcUByrjzLZ/wfLP++f9BfjqVv9&#10;APybRUWSXtviaPEHiz5k03+CCmvIdg5CsofadP4lpkEOQdPno6bi4AjHy1k2z69SlJ6jLcsXQfKE&#10;FeNbvrPug4CAw/YP1sWKVLgLelZEsQ6DrhGi7iQW5+07kpIsv4jLUMGjWza6vUnIOiU9uZjPxjIf&#10;nfLRKWAtLtM/Y52Pbh4rn2Ah/+3IkDUjaX5QA2vcEeZ/QBp00mC9PmvkNgqECOjkM/yLL8Y+9Y1v&#10;hhAGW/u0qQ0l2NSbKIlmzjPzIfyW9CUNUviLDvZiDcHkTiqHQV6sUk29wvMpq2jGFz4Atk3chKCe&#10;66SyCu5bKUNppfJUzrPFPGhjQbaVN3o21mw3K2nInuF3XS1Wl6tbnwyC/eKmjXV3zDbRL5hizgZ2&#10;qgpRGsGq98PesVbGPQJJFD30t29pPyZssYHqGdvbQJwOOM3cIy61BCTKZaspacD8OL3zfvgR0UJJ&#10;jxOkpPb7jhlBifyo8IteZTPsPOLCYTZf5HgwU8tmamGKI1RJHcXO8duVi2Nqp027bTBSFvRScIvf&#10;r279Pwl5RPbDAadEkGuYaH4MTc/B62XuLn8CAAD//wMAUEsDBBQABgAIAAAAIQDmItZ62gAAAAQB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqENFQhuyqRCivbUShUtvbrwkUeJ1&#10;FLtt4OtZTnB8mtXM22I1uV6daQytZ4T7WQKKuPK25Rrh4319twAVomFres+E8EUBVuX1VWFy6y/8&#10;Rud9rJWUcMgNQhPjkGsdqoacCTM/EEv26UdnouBYazuai5S7Xs+TJNPOtCwLjRnopaGq258cwtTt&#10;6vTQbXZLt3zdrrMQN/57i3h7Mz0/gYo0xb9j+NUXdSjF6ehPbIPqEeSRiDBPQUmYpQ/CR+FH0GWh&#10;/8uXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAemZLNrQIAAL8FAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDmItZ62gAAAAQBAAAPAAAAAAAA&#10;AAAAAAAAAAcFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAADgYAAAAA&#10;" path="m,l6540,e" filled="f" strokecolor="#c7c8ca" strokeweight=".25pt">
+              <v:shape w14:anchorId="76D18DDB" id="Freeform: Shape 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:1.25pt;width:327pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="6540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAemZLNrQIAAL8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8EcTysnbdoqXT1DGE&#10;NBjSyg9wHaeJcHzGdpuOX8/ZTrpQ4Avii2X7zs8999z5rm8OnSR7YWwLqqTZWUqJUByqVm1L+nV9&#10;/+6SEuuYqpgEJUr6LCy9Wb5+dd3rQuTQgKyEIQiibNHrkjbO6SJJLG9Ex+wZaKHQWIPpmMOj2SaV&#10;YT2idzLJ0/Qi6cFU2gAX1uLtXTTSZcCva8HdY11b4YgsKXJzYTVh3fg1WV6zYmuYblo+0GD/wKJj&#10;rcKgR6g75hjZmfY3qK7lBizU7oxDl0Bdt1yEHDCbLD3J5qlhWoRcUByrjzLZ/wfLP++f9BfjqVv9&#10;APybRUWSXtviaPEHiz5k03+CCmvIdg5CsofadP4lpkEOQdPno6bi4AjHy1k2z69SlJ6jLcsXQfKE&#10;FeNbvrPug4CAw/YP1sWKVLgLelZEsQ6DrhGi7iQW5+07kpIsv4jLUMGjWza6vUnIOiU9uZjPxjIf&#10;nfLRKWAtLtM/Y52Pbh4rn2Ah/+3IkDUjaX5QA2vcEeZ/QBp00mC9PmvkNgqECOjkM/yLL8Y+9Y1v&#10;hhAGW/u0qQ0l2NSbKIlmzjPzIfyW9CUNUviLDvZiDcHkTiqHQV6sUk29wvMpq2jGFz4Atk3chKCe&#10;66SyCu5bKUNppfJUzrPFPGhjQbaVN3o21mw3K2nInuF3XS1Wl6tbnwyC/eKmjXV3zDbRL5hizgZ2&#10;qgpRGsGq98PesVbGPQJJFD30t29pPyZssYHqGdvbQJwOOM3cIy61BCTKZaspacD8OL3zfvgR0UJJ&#10;jxOkpPb7jhlBifyo8IteZTPsPOLCYTZf5HgwU8tmamGKI1RJHcXO8duVi2Nqp027bTBSFvRScIvf&#10;r279Pwl5RPbDAadEkGuYaH4MTc/B62XuLn8CAAD//wMAUEsDBBQABgAIAAAAIQDmItZ62gAAAAQB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqENFQhuyqRCivbUShUtvbrwkUeJ1&#10;FLtt4OtZTnB8mtXM22I1uV6daQytZ4T7WQKKuPK25Rrh4319twAVomFres+E8EUBVuX1VWFy6y/8&#10;Rud9rJWUcMgNQhPjkGsdqoacCTM/EEv26UdnouBYazuai5S7Xs+TJNPOtCwLjRnopaGq258cwtTt&#10;6vTQbXZLt3zdrrMQN/57i3h7Mz0/gYo0xb9j+NUXdSjF6ehPbIPqEeSRiDBPQUmYpQ/CR+FH0GWh&#10;/8uXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAemZLNrQIAAL8FAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDmItZ62gAAAAQBAAAPAAAAAAAA&#10;AAAAAAAAAAcFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAADgYAAAAA&#10;" path="m,l6540,e" filled="f" strokecolor="#c7c8ca" strokeweight=".25pt">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;4152900,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light"/>
           <w:b/>
         </w:rPr>
-        <w:t>Models: DC-</w:t>
-[...6 lines deleted...]
-        <w:t>4174</w:t>
+        <w:t>Models: DC-4174</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="038C4DD5" w14:textId="77777777" w:rsidR="00A035EF" w:rsidRDefault="00A035EF" w:rsidP="00A035EF">
       <w:pPr>
         <w:spacing w:before="18"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Suggested Specifications | Section 08 90 00</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="389299E1" w14:textId="77777777" w:rsidR="00A035EF" w:rsidRDefault="00A035EF" w:rsidP="00A035EF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
@@ -319,69 +313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and attachment brackets as shown on the drawings, as specified, and as needed for a complete and proper installation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BE4661D" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The louvers to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> include the following:</w:t>
+        <w:t>The louvers to be furnished include the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="242E2939" w14:textId="6B38081B" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="005A6EEB" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dade County hurricane impact resistant, mullion louver</w:t>
       </w:r>
       <w:r w:rsidR="00E530C8" w:rsidRPr="00293CAA">
         <w:rPr>
@@ -552,72 +528,102 @@
         <w:t>Air Movement and Control Association International, Inc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="320DFCEB" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AMCA Standard 500-L Laboratory Methods of Testing Louvers for Rating</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DAC9CD6" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
+    <w:p w14:paraId="5DAC9CD6" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AMCA Publication 501 Application Manual for Louvers</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="4ADCCCCF" w14:textId="0DAB0EF3" w:rsidR="00B2221A" w:rsidRPr="00293CAA" w:rsidRDefault="00B2221A" w:rsidP="000331AA">
+      <w:pPr>
+        <w:pStyle w:val="PlainText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AMCA 540 listed. Tested in accordance with AMCA 540, Test Method for Louvers Impacted by Wind Borne Debris</w:t>
+      </w:r>
+      <w:r w:rsidR="00931647">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Basic Protection, Missile Level D).</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="420992F0" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Aluminum Association Incorporated</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0456C8D3" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
@@ -945,51 +951,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Canadian Standards Association</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14F2E266" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>CAN3-S157-M83 Strength Design in Aluminum</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E4224B" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S136 94 Cold Formed Steel Structural Members</w:t>
       </w:r>
     </w:p>
@@ -1067,50 +1072,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Air flow and water entrainment performance test results.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B7D134" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="003F01A3" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F01A3">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Material types and thickness.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BE183B7" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="003F01A3" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk78297017"/>
       <w:bookmarkStart w:id="4" w:name="_Hlk78296589"/>
       <w:bookmarkStart w:id="5" w:name="_Hlk78295968"/>
       <w:bookmarkStart w:id="6" w:name="_Hlk78297528"/>
       <w:r w:rsidRPr="003F01A3">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1137,69 +1143,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include elevations, plan views, section views, and specific details for each louver.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="569CAE25" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="003F01A3" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F01A3">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Include building elevations, key plan, and all relevant datum </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> to allow for ease of locating louvers relative to the overall building and relative to adjacent construction elements.</w:t>
+        <w:t>Include building elevations, key plan, and all relevant datum dimensions on to allow for ease of locating louvers relative to the overall building and relative to adjacent construction elements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D1967C" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="003F01A3" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F01A3">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Show anchorage details and connections for all component parts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A86F31B" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="003F01A3" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
@@ -1445,149 +1433,107 @@
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79CA7D22" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00A802E6" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A802E6">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Metal Chips standard size </w:t>
-[...13 lines deleted...]
-        <w:t>” x 5” choose from 16 colors.</w:t>
+        <w:t>Metal Chips standard size 3” x 5” choose from 16 colors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="682F7EB4" w14:textId="24B20775" w:rsidR="003F01A3" w:rsidRPr="00A802E6" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A802E6">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wood Grain Color Chips standard size </w:t>
-[...13 lines deleted...]
-        <w:t>” x 5” choose from 1</w:t>
+        <w:t>Wood Grain Color Chips standard size 3” x 5” choose from 1</w:t>
       </w:r>
       <w:r w:rsidR="00A035EF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00A802E6">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> colors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="011CBB40" w14:textId="6B2CEDFB" w:rsidR="003F01A3" w:rsidRPr="00A802E6" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A802E6">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wood Grain Color Chain standard size </w:t>
-[...13 lines deleted...]
-        <w:t>” x 5” chain of all 1</w:t>
+        <w:t>Wood Grain Color Chain standard size 3” x 5” chain of all 1</w:t>
       </w:r>
       <w:r w:rsidR="00A035EF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00A802E6">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> wood grains.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46484364" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00A802E6" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
@@ -1599,101 +1545,73 @@
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Wood Grain Color Chart standard size 81/2” x 11” print on demand.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D4E358F" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00A802E6" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A802E6">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Standard KYNAR Color Card standard size 81/2” x 11” shows all </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> colors.</w:t>
+        <w:t>Standard KYNAR Color Card standard size 81/2” x 11” shows all 20 colors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C699946" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00A802E6" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A802E6">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Metallic KYNAR Color Card standard size 81/2” x 11” shows all </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> colors.</w:t>
+        <w:t>Metallic KYNAR Color Card standard size 81/2” x 11” shows all 20 colors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A29E29B" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00E530C8" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53E7156C" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00E530C8" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -1779,232 +1697,223 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.04 Quality Assurance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="113BAB10" w14:textId="04680CDA" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Single subcontract responsibility: Subcontract the work to a single firm that has had not less than six </w:t>
+        <w:t xml:space="preserve">Single subcontract responsibility: Subcontract the work to a single firm that has </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>had not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> less than six </w:t>
       </w:r>
       <w:r w:rsidR="00743C40" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>years’ experience</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the design and manufacturing of work </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> that shown and required.</w:t>
+        <w:t xml:space="preserve"> in the design and manufacturing of work similar to that shown and required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="391E4D7E" w14:textId="209A6E8E" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Performance Requirements: Provide AMCA test data as required to confirm that the louvers have the specified air and water performance characteristics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A8FBBF4" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00293CAA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Acoustical Performance: Where applicable, submit test reports to confirm that the louvers meet the specified STC and Noise Reduction requirements. </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Acoustical</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Performance: Where applicable, submit test reports to confirm that the louvers meet the specified STC and Noise Reduction requirements. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="572A7008" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Structural Requirements: Design all materials to withstand wind and snow loads as required by the applicable building code. Maximum allowable deflection for the louver structural members to be l/180 or 0.75 inch, whichever is less. Maximum allowable deflection for the louver blades to be l/120 or 0.50 inch across the weak axis, whichever is less.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1218CE6E" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Professional Engineer Requirements: Drawings and structural calculations to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and sealed by a professional engineer licensed to practice in the project state.</w:t>
+        <w:t>Professional Engineer Requirements: Drawings and structural calculations to be signed and sealed by a professional engineer licensed to practice in the project state.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CB41E89" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Warranty: Provide </w:t>
+        <w:t xml:space="preserve">Warranty: Provide written warranty to the owner </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>written</w:t>
+        <w:t>that</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> warranty to the owner that all products will be free of defective materials or workmanship for a period of one year from date of installation.</w:t>
+        <w:t xml:space="preserve"> all products will be free of defective materials or workmanship for a period of one year from date of installation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0504600A" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13E51330" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
@@ -2012,301 +1921,193 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.05 Delivery, Storage and Handling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="561DCAB7" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Delivery:  At the time of delivery all materials shall </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> shall be noted on the receiving ticket and immediately reported to the shipping company and the material manufacturer.</w:t>
+        <w:t>Delivery:  At the time of delivery all materials shall be visually inspected for damage. Any damaged boxes, crates, louver sections, etc. shall be noted on the receiving ticket and immediately reported to the shipping company and the material manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FF6A3C0" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Storage:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43F4CB5A" w14:textId="6AC94610" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Material may </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Material may be stored </w:t>
       </w:r>
       <w:r w:rsidR="00FB50FA" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>flat</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on end or on its side.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="212A03EE" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Material may </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> either indoors or outdoors.</w:t>
+        <w:t>Material may be stored either indoors or outdoors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63E578D5" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If stored outdoors the material must </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> sufficiently off the ground to prevent it being flooded.</w:t>
+        <w:t>If stored outdoors the material must be raised sufficiently off the ground to prevent it being flooded.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75596622" w14:textId="736D2CE1" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If stored </w:t>
       </w:r>
       <w:r w:rsidR="00FB50FA" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>outdoors</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the material must </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> with a </w:t>
+        <w:t xml:space="preserve"> the material must be covered with a </w:t>
       </w:r>
       <w:r w:rsidR="00FB50FA" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>weatherproof</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FB50FA" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>flame-resistant</w:t>
       </w:r>
@@ -2338,183 +2139,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Handling:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A544EE8" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Material shall be </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> in accordance with sound material handling practices and in such a way as to minimize racking.</w:t>
+        <w:t>Material shall be handled in accordance with sound material handling practices and in such a way as to minimize racking.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F63F5B2" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louver sections may </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> by attaching straps to the jambs and lifting the section while it is in a vertical position.</w:t>
+        <w:t>Louver sections may be hoisted by attaching straps to the jambs and lifting the section while it is in a vertical position.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68D58F38" w14:textId="79DD593B" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louver sections should only </w:t>
+        <w:t xml:space="preserve">Louver sections should only be lifted and carried by the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>be lifted</w:t>
+        <w:t>jambs</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and carried by the jambs. Heads, </w:t>
+        <w:t xml:space="preserve">. Heads, </w:t>
       </w:r>
       <w:r w:rsidR="00E93459" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sills,</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and blades are not to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> for lifting or hoisting louver sections.</w:t>
+        <w:t xml:space="preserve"> and blades are not to be used for lifting or hoisting louver sections.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63E4445D" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="471F88A3" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
@@ -2561,71 +2308,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="542DEBBA" w14:textId="77777777" w:rsidR="00293CAA" w:rsidRPr="00293CAA" w:rsidRDefault="00293CAA" w:rsidP="00293CAA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">          A. Basis of Design – manufactured by Construction Specialties subject to compliance with requirements listed. The louvers and related materials herein specified and indicated on the drawings shall </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> by: Construction Specialties, 3 Werner Way, Lebanon, NJ 08833. Tel: 800.233.8493. Email: </w:t>
+        <w:t xml:space="preserve">          A. Basis of Design – manufactured by Construction Specialties subject to compliance with requirements listed. The louvers and related materials herein specified and indicated on the drawings shall be manufactured by: Construction Specialties, 3 Werner Way, Lebanon, NJ 08833. Tel: 800.233.8493. Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00293CAA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>cet@c-sgroup.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. No substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B9223B" w14:textId="77777777" w:rsidR="00293CAA" w:rsidRPr="00293CAA" w:rsidRDefault="00293CAA" w:rsidP="00293CAA">
       <w:pPr>
@@ -2649,91 +2376,51 @@
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Drawings and specifications are based on manufacturer’s literature from Construction Specialties, Inc. drawings and specifications unless otherwise indicated. Other manufacturers must </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> by Architect/Owner. </w:t>
+        <w:t xml:space="preserve"> Drawings and specifications are based on manufacturer’s literature from Construction Specialties, Inc. drawings and specifications unless otherwise indicated. Other manufacturers must be approved equal by Architect/Owner. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF0E991" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03A735AE" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14BAD8A6" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
@@ -2857,131 +2544,113 @@
         </w:rPr>
         <w:t>supports,</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and accessories as specified and/or shown on the drawings. Materials, sizes, depths, </w:t>
       </w:r>
       <w:r w:rsidR="00743C40" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>arrangements,</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and material thickness to be as indicated or as required for optimal performance with respect to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> durability; and uniform appearance.</w:t>
+        <w:t xml:space="preserve"> and material thickness to be as indicated or as required for optimal performance with respect to strength; durability; and uniform appearance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CD015A6" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louvers to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> using stainless steel or aluminum fasteners.</w:t>
+        <w:t>Louvers to be mechanically assembled using stainless steel or aluminum fasteners.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25DB4498" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Include supports, anchorage, and accessories required for complete assembly.</w:t>
+        <w:t xml:space="preserve">Include </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, anchorage, and accessories required for complete assembly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E3330A" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1229ECD7" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
@@ -3047,226 +2716,194 @@
           <w:bCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F01A3">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Model DC-4174</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BEE1043" w14:textId="77777777" w:rsidR="00542819" w:rsidRPr="003F01A3" w:rsidRDefault="00542819" w:rsidP="00542819">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16F2A9FE" w14:textId="5251E0BE" w:rsidR="00542819" w:rsidRPr="003F01A3" w:rsidRDefault="00542819" w:rsidP="00542819">
+    <w:p w14:paraId="16F2A9FE" w14:textId="5251E0BE" w:rsidR="00542819" w:rsidRPr="006B14E0" w:rsidRDefault="00542819" w:rsidP="00542819">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F01A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006B14E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Material: Heads</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F01A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006B14E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">, sills, </w:t>
       </w:r>
-      <w:r w:rsidR="00E93459" w:rsidRPr="003F01A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E93459" w:rsidRPr="006B14E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>jambs,</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F01A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006B14E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and mullions to be one-piece structural aluminum members with integral caulking slot and retaining beads. Blades to be one-piece aluminum extrusions with front lip gutter designed to catch and direct water to sill. Louvers to be supplied with </w:t>
+        <w:t xml:space="preserve"> and mullions to be one-piece structural aluminum members with integral caulking slot and retaining beads. Blades to be one-piece aluminum extrusions with front lip gutter designed to catch and direct water to sill. Louvers to be supplied with 4” (101.6mm) high by full depth sill flashings formed from minimum 0.050” (1.27mm) thick aluminum. Sill flashings to have welded side panels. Louvers and sill flashings </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003F01A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006B14E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003F01A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006B14E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">” (101.6mm) high by full depth sill flashings formed from minimum 0.050” (1.27mm) thick aluminum. Sill flashings </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> be installed in accordance with the manufacturer’s recommended procedures to ensure complete water integrity performance of the louver system. </w:t>
+      </w:r>
+      <w:r w:rsidR="003F01A3" w:rsidRPr="006B14E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>to have</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+        <w:t>Nominal minimum m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B14E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> welded side panels. Louvers and sill flashings to </w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t>aterial thickness to be as follows: Heads: 0.070” (1.52mm), Sills: 0.080” (2.03mm), jambs and mullions: 0.125” (3.18mm), fixed blades: 0.070” (1.78mm).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76702BF8" w14:textId="77777777" w:rsidR="00542819" w:rsidRPr="003F01A3" w:rsidRDefault="00542819" w:rsidP="00542819">
+    <w:p w14:paraId="76702BF8" w14:textId="77777777" w:rsidR="00542819" w:rsidRPr="006B14E0" w:rsidRDefault="00542819" w:rsidP="00542819">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F01A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006B14E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Structural Performance: Louvers shall have been </w:t>
+        <w:t xml:space="preserve">Structural Performance: Louvers shall have been tested in accordance with Dade County Protocols TAS 201-94, TAS 202-94 and TAS 203-94; and shall be Dade County Approved for open structure building envelope protection (including </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003F01A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006B14E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>tested</w:t>
+        <w:t>missile</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003F01A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006B14E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in accordance with Dade County Protocols TAS 201-94, TAS 202-94 and TAS 203-94; and shall be Dade County Approved for open structure building envelope protection (including missile) for allowable design wind loading up to 170 psf. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4853B9DC" w14:textId="77777777" w:rsidR="00542819" w:rsidRPr="003F01A3" w:rsidRDefault="00542819" w:rsidP="00542819">
+        <w:t xml:space="preserve">) for allowable design wind loading up to 170 psf. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4853B9DC" w14:textId="77777777" w:rsidR="00542819" w:rsidRPr="006B14E0" w:rsidRDefault="00542819" w:rsidP="00542819">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F01A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006B14E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>AMCA Performance: A</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F01A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006B14E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4’ x 4’ unit shall conform to the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D6F9E4A" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="003F01A3" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1530" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3450,220 +3087,309 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00542819" w:rsidRPr="003F01A3" w14:paraId="5A2A0EC0" w14:textId="77777777" w:rsidTr="005A6EEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5490" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5280284F" w14:textId="77777777" w:rsidR="00542819" w:rsidRPr="003F01A3" w:rsidRDefault="00542819" w:rsidP="00542819">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F01A3">
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>Exhaust Pressure drop at 1000 FPM (5.08 m/s) free area velocity</w:t>
+              <w:t xml:space="preserve">Exhaust Pressure </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F01A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>drop</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003F01A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F01A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003F01A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1000 FPM (5.08 m/s) free area velocity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19973DC9" w14:textId="77777777" w:rsidR="00542819" w:rsidRPr="003F01A3" w:rsidRDefault="00542819" w:rsidP="00542819">
+          <w:p w14:paraId="19973DC9" w14:textId="1D77A898" w:rsidR="00542819" w:rsidRPr="00931647" w:rsidRDefault="00542819" w:rsidP="00931647">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F01A3">
+            <w:r w:rsidRPr="00931647">
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>0.13 in. H</w:t>
+              <w:t>n. H</w:t>
             </w:r>
-            <w:r w:rsidRPr="003F01A3">
+            <w:r w:rsidRPr="00931647">
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="003F01A3">
+            <w:r w:rsidRPr="00931647">
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>O (32.3 Pa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1A84C793" w14:textId="77777777" w:rsidR="00542819" w:rsidRPr="00542819" w:rsidRDefault="00542819" w:rsidP="00542819">
+    <w:p w14:paraId="1A84C793" w14:textId="77777777" w:rsidR="00542819" w:rsidRDefault="00542819" w:rsidP="00542819">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E16BEA8" w14:textId="77777777" w:rsidR="00931647" w:rsidRDefault="00931647" w:rsidP="00542819">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6327A024" w14:textId="04CFFD98" w:rsidR="00931647" w:rsidRPr="00931647" w:rsidRDefault="00931647" w:rsidP="00582C23">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00931647">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Louver shall be approved to bear the AMCA Listing Label. The AMCA Listing Label applies to Wind Borne Debris Impact Louvers for Basic Protection (AMCA 540) and High Velocity Wind Driven Rain Resistant Louvers tested in the fully open position that permits airflow through the louver (AMCA 550). Louvers shall comply with wind-driven rain intrusion requirements without the use of a damper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4020C030" w14:textId="70C1D1B0" w:rsidR="00931647" w:rsidRPr="00931647" w:rsidRDefault="00931647" w:rsidP="00931647">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D445B51" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32700419" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> Finishes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E5A0C7A" w14:textId="7C9ECE1C" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="900"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="num" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t>General: Comply with NAAMM "Metal Finishes Manual" for finish designations and application recommendations, except as otherwise indicated</w:t>
+        <w:t xml:space="preserve">General: Comply with NAAMM "Metal Finishes Manual" for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>finish</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> designations and application recommendations, except as otherwise indicated</w:t>
       </w:r>
       <w:r w:rsidR="00A035EF" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C825F2">
         <w:t>Factory assembled prior to factory applied finish</w:t>
       </w:r>
       <w:r w:rsidR="00A035EF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Protect finishes on exposed surfaces prior to shipment. Remove scratches and blemishes from exposed surfaces that will be visible after completing </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> process.  </w:t>
+        <w:t xml:space="preserve">Protect finishes on exposed surfaces prior to shipment. Remove scratches and blemishes from exposed surfaces that will be visible after completing finishing process.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:tab/>
         <w:t>Provide color as indicated or, if not otherwise indicated, as selected by architect.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F9D4C2F" w14:textId="24D6FDA1" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="900"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="num" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
@@ -3673,154 +3399,140 @@
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>100% Fluoropolymer Resin Powder Coat System complying with AAMA-2605-5 standards for gloss and color retention</w:t>
       </w:r>
       <w:r w:rsidR="00A035EF" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t>Finish thickness to be 1.5 to 3.0 mils</w:t>
+        <w:t xml:space="preserve">Finish thickness to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.5 to 3.0 mils</w:t>
       </w:r>
       <w:r w:rsidR="00A035EF" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="408072D4" w14:textId="5A657FC7" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Finish to allow zero VOCs to </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> into facility of application or at job site</w:t>
+        <w:t>Finish to allow zero VOCs to be emitted into facility of application or at job site</w:t>
       </w:r>
       <w:r w:rsidR="00A035EF" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AC1FAFF" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Finish to adhere to a 4H Hardness rating.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EC6C328" w14:textId="73935CED" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Furnish </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> twenty (20) year warranty for finish for gloss and color </w:t>
+        <w:t xml:space="preserve">Furnish manufacturer's twenty (20) year warranty for finish for gloss and color </w:t>
       </w:r>
       <w:r w:rsidR="00391FE5" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>retention.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A39AA0D" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
@@ -3875,68 +3587,91 @@
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:t>B.</w:t>
       </w:r>
       <w:r w:rsidRPr="002B4821">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Hlk79410899"/>
       <w:bookmarkStart w:id="8" w:name="_Hlk79436078"/>
       <w:bookmarkStart w:id="9" w:name="_Hlk79411040"/>
       <w:r w:rsidRPr="002B4821">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wood Grain Powder Coat Finish is durable, with superior scratch and fade resistance. Available in </w:t>
+        <w:t xml:space="preserve">Wood Grain Powder Coat Finish is durable, with superior </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002B4821">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A035EF">
+        <w:t>scratch</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B4821">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B4821">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>fade</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B4821">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resistance. Available in 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A035EF">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002B4821">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> standard wood grain patterns with textured finish.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55FB758D" w14:textId="77777777" w:rsidR="002B4821" w:rsidRPr="00132C6A" w:rsidRDefault="002B4821" w:rsidP="002B4821">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
@@ -4011,51 +3746,67 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="394356CF" w14:textId="216FB84A" w:rsidR="002B4821" w:rsidRPr="003A5214" w:rsidRDefault="002B4821" w:rsidP="002B4821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1856"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A5214">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bonded Sublimated Film Finishes: Wood finish </w:t>
+        <w:t xml:space="preserve">Bonded Sublimated Film Finishes: Wood </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003A5214">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>finish</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003A5214">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003A5214">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>use</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003A5214">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a polyurethane powder coat with </w:t>
       </w:r>
       <w:r w:rsidR="00E93459" w:rsidRPr="003A5214">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>ink-based</w:t>
       </w:r>
       <w:r w:rsidRPr="003A5214">
@@ -4210,145 +3961,103 @@
       <w:r w:rsidR="00E530C8" w:rsidRPr="002B4821">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:tab/>
         <w:t>Three Coat Fluorocarbon Coating</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BBFF90F" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louvers to be finished with a minimum 1.4 mil (0.035mm) thick full strength 70% resin, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> coat Fluoropolymer system.</w:t>
+        <w:t>Louvers to be finished with a minimum 1.4 mil (0.035mm) thick full strength 70% resin, 3 coat Fluoropolymer system.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EC28599" w14:textId="2E96C92E" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">All aluminum shall </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">All aluminum shall be thoroughly cleaned, </w:t>
       </w:r>
       <w:r w:rsidR="00E93459" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>etched,</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> and given a chromated conversion pre-treatment before application of the Kynar/Hylar coating. The coating shall consist of a primer, a high metallic color coat and a clear PVF2 topcoat. It shall receive a bake cycle of 17 minutes at 450°F. All finishing procedures shall be one continuous operation in the plant of the manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="778C0D8E" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Manufacturer to furnish an extended </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> limited warranty for the Kynar/Hylar coating. This limited warranty shall begin on the date of material shipment.</w:t>
+        <w:t>Manufacturer to furnish an extended 20 limited warranty for the Kynar/Hylar coating. This limited warranty shall begin on the date of material shipment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52F0EBA8" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F8D7B99" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
@@ -4426,145 +4135,103 @@
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Two Coat Fluorocarbon Coating</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72C64BD4" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louvers to be finished with a minimum 1.0 mil (0.025mm) thick full strength 70% resin, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> coat Fluoropolymer system.</w:t>
+        <w:t>Louvers to be finished with a minimum 1.0 mil (0.025mm) thick full strength 70% resin, 2 coat Fluoropolymer system.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C580BA3" w14:textId="56999800" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">All aluminum shall </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">All aluminum shall be thoroughly cleaned, </w:t>
       </w:r>
       <w:r w:rsidR="00E93459" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>etched,</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> and given a chromated conversion pre-treatment before application of the MICA II coating. The coating shall consist of a primer and a pearlescent pigmented PFV2 topcoat. It shall receive a bake cycle of 17 minutes at 450°F. All finishing procedures shall be one continuous operation in the plant of the manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18C33D5D" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Manufacturer to furnish an extended </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> limited warranty for the Kynar/Hylar coating. This limited warranty shall begin on the date of material shipment.</w:t>
+        <w:t>Manufacturer to furnish an extended 20 limited warranty for the Kynar/Hylar coating. This limited warranty shall begin on the date of material shipment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1515E7C3" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0468E88E" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:tabs>
@@ -4640,145 +4307,103 @@
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Clear Anodize</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EC3C6D2" w14:textId="4FE1070E" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louvers to </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> a </w:t>
+        <w:t xml:space="preserve">Louvers to be given a </w:t>
       </w:r>
       <w:r w:rsidR="002B4821" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>one-hour</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> 215R1 Architectural Class I anodic coating of 0.7 mil (0.018mm) thickness (Aluminum Association designation AA-C22A41). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07AF2DB3" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">The thickness of the coating shall be </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> in accordance with ASTM B244-68. </w:t>
+        <w:t xml:space="preserve">The thickness of the coating shall be tested in accordance with ASTM B244-68. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6678EEF9" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">The coating shall </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> to pass the ASTM B136-77 Modified Dye Stain Test.</w:t>
+        <w:t>The coating shall be sealed to pass the ASTM B136-77 Modified Dye Stain Test.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4874BED4" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41C9B09E" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
@@ -4857,133 +4482,91 @@
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Bronze Anodic</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5236BBDC" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louvers to </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> a Bronze Anodic Architectural Class 1 coating of 0.7 mil (0.018mm) minimum thickness; and a minimum weight of 27 mg. per sq. in.</w:t>
+        <w:t>Louvers to be given a Bronze Anodic Architectural Class 1 coating of 0.7 mil (0.018mm) minimum thickness; and a minimum weight of 27 mg. per sq. in.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18D1D72B" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">The thickness of the coating shall be </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> in accordance with ASTM B244-68.</w:t>
+        <w:t>The thickness of the coating shall be tested in accordance with ASTM B244-68.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="453843D8" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">The coating shall </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> to pass the ASTM B136-77 Modified Dye Stain Test.</w:t>
+        <w:t>The coating shall be sealed to pass the ASTM B136-77 Modified Dye Stain Test.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A8F8A4A" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FB9040A" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:widowControl/>
@@ -5027,113 +4610,99 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="num" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="990" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Unless otherwise indicated, all louvers to </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> with mill finish bird or insect screens.</w:t>
+        <w:t>Unless otherwise indicated, all louvers to be furnished with mill finish bird or insect screens.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7814C28E" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="003F01A3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>B.</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Screens to be </w:t>
+        <w:t xml:space="preserve">Screens to be 5/8” (15.9mm) mesh, 0.050” (1.27mm) thick expanded and flattened aluminum bird screen secured within 0.055” (1.40mm) thick extruded aluminum frames. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t>5/8</w:t>
+        <w:t>Frames to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t>” (15.9mm) mesh, 0.050” (1.27mm) thick expanded and flattened aluminum bird screen secured within 0.055” (1.40mm) thick extruded aluminum frames. Frames to have mitered corners and corner locks.</w:t>
+        <w:t xml:space="preserve"> have mitered corners and corner locks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F78B978" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65702268" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:tabs>
@@ -5190,51 +4759,65 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="num" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t>Screens to be 18 x 16 aluminum mesh 0.011” (0.279mm) diameter wire insect screens secured within 0.055” (1.40mm) thick extruded aluminum frames. Frames to have mitered corners and corner locks.</w:t>
+        <w:t xml:space="preserve">Screens to be 18 x 16 aluminum mesh 0.011” (0.279mm) diameter wire insect screens secured within 0.055” (1.40mm) thick extruded aluminum frames. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Frames to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have mitered corners and corner locks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="466568A7" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B6CB266" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:tabs>
@@ -5264,121 +4847,102 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> Blank Offs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39266D23" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="0066138E" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="921"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Hlk78378633"/>
       <w:bookmarkStart w:id="13" w:name="_Hlk78298078"/>
       <w:bookmarkStart w:id="14" w:name="_Hlk78296243"/>
       <w:r w:rsidRPr="0066138E">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Furnish as specified and where indicated on the drawings. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Blank- off</w:t>
       </w:r>
       <w:r w:rsidRPr="0066138E">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> panel systems to </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">be </w:t>
+        <w:t xml:space="preserve"> panel systems to be </w:t>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="_Hlk78298299"/>
       <w:r w:rsidRPr="0066138E">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>fabricated</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> and installed on the louver by the louver manufacturer. </w:t>
+        <w:t xml:space="preserve">fabricated and installed on the louver by the louver manufacturer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1235B17B" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30E68663" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
@@ -5396,188 +4960,160 @@
           <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="921"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Custom fabricated </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Blank- off</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> panels’ factory </w:t>
+        <w:t xml:space="preserve"> panels’ factory sealed and quality tested. Includes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00391FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>independent 0.50” aluminum sheet forming the primary air and water seal, which is adhered with butyl tape and whose perimeter is fully sealed and tooled with weather silicone</w:t>
+      </w:r>
+      <w:r w:rsidR="00A035EF" w:rsidRPr="00391FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00391FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Any insulated blank-off panels are to be fastened independently to the rear side of the louver, through dry zones of the framing and NOT penetrating any part of the primary sealing sheet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AE532C" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="921"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AB98E42" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="921" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00391FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bird/insect screen shall be installed </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:t>sealed</w:t>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>directly</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> and quality tested. Includes </w:t>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the back of the louver frame in between the louver and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Blank- off</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>independent 0.50” aluminum sheet forming the primary air and water seal, which is adhered with butyl tape and whose perimeter is fully sealed and tooled with weather silicone</w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="20AE532C" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
+        <w:t xml:space="preserve"> system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B935A90" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="921"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AB98E42" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
+    <w:p w14:paraId="7F05FEF4" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="921" w:firstLine="0"/>
+        <w:ind w:left="921" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bird/insect screen shall </w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="1B935A90" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
+        <w:t>Includes in-house quality control testing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2412E322" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="921"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F05FEF4" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
-[...28 lines deleted...]
-    </w:p>
     <w:p w14:paraId="03A05903" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39836A68" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
@@ -5627,60 +5163,58 @@
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ff (uninsulated) panels</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, model SO</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Panels to be finished with standard black Kynar 500 minimum </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mil (0.025mm) thick full strength 70% resin Fluoropolymer coating unless otherwise specified.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0195F8F8" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="208"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5753,182 +5287,144 @@
         </w:rPr>
         <w:t xml:space="preserve"> model IBO-1S,</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> fabricated with hydrophobic fire rated mineral wool</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">core having an R-value of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>core having an R-value of 4 per inch (</w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:position w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> per inch (</w:t>
+        <w:t>F*ft</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:position w:val="8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>F*ft</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>*h/Btu)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00027754">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>faced on both sides with 0.032” (0.81 mm) thick aluminum sheet.  Panel perimeter frame to be 0.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00027754">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>0” (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2.03 </w:t>
       </w:r>
       <w:r w:rsidRPr="00027754">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">mm) thick-formed aluminum channels. Panel frame to </w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">mm) thick-formed aluminum channels. Panel frame to be mitered at the corners. Panels to be finished with standard black Kynar 500 minimum </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00027754">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mil (0.025mm) thick full strength 70% resin Fluoropolymer coating unless otherwise specified. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6022EB30" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36A588A0" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00DA1272" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
@@ -5990,198 +5486,160 @@
         </w:rPr>
         <w:t>2” (50.8mm) thick i</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nsulated blank-off panels</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> model IBO-2S,</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> fabricated with hydrophobic fire rated mineral wool core having an R-value of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> fabricated with hydrophobic fire rated mineral wool core having an R-value of 4 per inch (</w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:position w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> per inch (</w:t>
+        <w:t>F*ft</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:position w:val="8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>F*ft</w:t>
+        <w:t>*h/Btu</w:t>
+      </w:r>
+      <w:r w:rsidR="00E93459" w:rsidRPr="00391FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>),</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-          <w:position w:val="8"/>
-[...4 lines deleted...]
-        <w:t>2</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> faced on both sides with 0.032” (0.81 mm) thick aluminum sheet</w:t>
+      </w:r>
+      <w:r w:rsidR="00E93459" w:rsidRPr="00391FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>*h/Btu</w:t>
-[...7 lines deleted...]
-        <w:t>),</w:t>
+        <w:t>Panel perimeter frame to be 0.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> faced on both sides with 0.032” (0.81 mm) thick aluminum sheet</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>0” (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2.03</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Panel perimeter frame to be 0.0</w:t>
+        <w:t xml:space="preserve">mm) thick-formed aluminum channels. Panel frame to be mitered at the corners. Panels to be finished with standard black Kynar 500 minimum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mil (0.025mm) thick full strength 70% resin Fluoropolymer coating unless otherwise specified. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46AFA91B" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BF75C1B" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00DA1272" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:jc w:val="center"/>
@@ -6206,231 +5664,192 @@
         <w:ind w:left="1108" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CC2E3F2" w14:textId="2301C05F" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3” (76.2mm) thick i</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nsulated blank-off panels </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">model IBO-3S, </w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">fabricated with hydrophobic fire rated mineral wool core having an R-value of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>fabricated with hydrophobic fire rated mineral wool core having an R-value of 4 per inch (</w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:position w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> per inch (</w:t>
+        <w:t>F*ft</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:position w:val="8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>F*ft</w:t>
+        <w:t>*h/Btu</w:t>
+      </w:r>
+      <w:r w:rsidR="002B4821" w:rsidRPr="00391FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002B4821">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002B4821" w:rsidRPr="00391FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B4821">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>faced</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-          <w:position w:val="8"/>
-[...4 lines deleted...]
-        <w:t>2</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on both sides with 0.032” (0.81 mm) thick aluminum sheet.  Panel perimeter frame to be 0.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>*h/Btu</w:t>
-[...31 lines deleted...]
-        <w:t>faced</w:t>
+        <w:t>0” (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2.03</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> on both sides with 0.032” (0.81 mm) thick aluminum sheet.  Panel perimeter frame to be 0.0</w:t>
+        <w:t xml:space="preserve">mm) thick-formed aluminum channels. Panel frame to be mitered at the corners. Panels to be finished with standard black Kynar 500 minimum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mil (0.025mm) thick full strength 70% resin Fluoropolymer coating unless otherwise specified</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkEnd w:id="15"/>
     <w:p w14:paraId="0BAFA95D" w14:textId="77777777" w:rsidR="003F01A3" w:rsidRPr="00391FE5" w:rsidRDefault="003F01A3" w:rsidP="003F01A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
@@ -6508,69 +5927,51 @@
         </w:rPr>
         <w:t>3.01 Examination:</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Examine openings to receive the work</w:t>
       </w:r>
       <w:r w:rsidR="00A035EF" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Do not proceed until any unsatisfactory conditions have </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Do not proceed until any unsatisfactory conditions have been corrected.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45086971" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EC1E3F6" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
@@ -6600,69 +6001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Comply with manufacturer's instructions and recommendations for installation of the work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56654A50" w14:textId="2ECAF3B9" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Verify dimensions of supporting structure at the site by accurate field measurements so that the work will </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Verify dimensions of supporting structure at the site by accurate field measurements so that the work will be accurately designed, </w:t>
       </w:r>
       <w:r w:rsidR="00743C40" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>fabricated,</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and fitted to the structure.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06E0B323" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
@@ -6700,99 +6083,109 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Erection Tolerances:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70F36BA9" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Maximum variation from plane or location shown on the approved shop drawings: </w:t>
+        <w:t xml:space="preserve">Maximum variation from plane or location shown on the approved shop drawings: 1/8" per 12 feet of </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>1/8</w:t>
+        <w:t>length, but</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>" per 12 feet of length, but not exceeding 1/2" in any total building length or portion thereof (non-cumulative).</w:t>
+        <w:t xml:space="preserve"> not exceeding 1/2" in any total building length or portion thereof (non-cumulative).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45763080" w14:textId="5C136A6A" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maximum offset from true alignment between two members abutting end to end, edge-to-edge in line or separated by less than 3": 1/16" (shop or field joints). This limiting condition shall prevail under both load and </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00743C40" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>no-load</w:t>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00743C40" w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-load</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> conditions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="622F6CF3" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
@@ -6890,69 +6283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.03 Protection</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="051887C6" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Protect installed materials to prevent damage by other trades. Use materials that may </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> without leaving residue or permanent stains.</w:t>
+        <w:t>Protect installed materials to prevent damage by other trades. Use materials that may be easily removed without leaving residue or permanent stains.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="191D6144" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1729393C" w14:textId="229BD3C8" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
@@ -6978,95 +6353,112 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>leaning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="238569DF" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Immediately clean exposed surfaces of the louvers to remove fingerprints and dirt accumulation during the installation process. Do not let soiling remain until the final cleaning.</w:t>
+        <w:t xml:space="preserve">Immediately clean exposed surfaces of the louvers to remove fingerprints and dirt accumulation during the installation process. Do not let </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>soiling</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00293CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remain until the final cleaning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="503B56E5" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Before final inspection, clean exposed surfaces with water and a mild soap or detergent not harmful to the material finishes. Thoroughly rinse surfaces and dry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F816297" w14:textId="6021D2EB" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="000331AA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Restore louvers and accessory components damaged during installation and construction so no evidence remains of corrective work. If results of restoration are unsuccessful, as determined by the Architect, remove damaged </w:t>
       </w:r>
       <w:r w:rsidR="00743C40" w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>materials,</w:t>
       </w:r>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00293CAA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -7125,171 +6517,170 @@
         <w:t>End of Section</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0537CC5F" w14:textId="77777777" w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidRDefault="00E530C8" w:rsidP="00E530C8">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E530C8" w:rsidRPr="00293CAA" w:rsidSect="00C90F1C">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1872" w:right="979" w:bottom="1440" w:left="979" w:header="0" w:footer="1051" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="556D443F" w14:textId="77777777" w:rsidR="00A4715E" w:rsidRDefault="00A4715E">
+    <w:p w14:paraId="29DCDD83" w14:textId="77777777" w:rsidR="00FB261A" w:rsidRDefault="00FB261A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E6692C6" w14:textId="77777777" w:rsidR="00A4715E" w:rsidRDefault="00A4715E">
+    <w:p w14:paraId="173A7318" w14:textId="77777777" w:rsidR="00FB261A" w:rsidRDefault="00FB261A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Light">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Semibold">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sabon LT Pro">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro Light">
-    <w:altName w:val="Segoe UI Light"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EC56BD8" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00AC32EC">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503307032" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C64C428" wp14:editId="00C600FC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4450921</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9345295</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2785563" cy="504825"/>
               <wp:effectExtent l="0" t="0" r="10160" b="3175"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
@@ -7828,83 +7219,83 @@
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="74ED7B1A" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-9496;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="54pt,726.8pt" to="558pt,726.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4H+9gwgEAAG0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc692kqeusvM4hdnpx&#10;W0tpfsAYWC8qMAiwd/3vO+CPNO2t6gUBb3gz780wfxitYQcVokbX8ptJzZlyAqV2u5a//Hj6MOMs&#10;JnASDDrV8qOK/GHx/t188I26xR6NVIERiYvN4Fvep+SbqoqiVxbiBL1yBHYYLCQ6hl0lAwzEbk11&#10;W9fTasAgfUChYqTb5Qnki8LfdUqk710XVWKm5VRbKmso6zav1WIOzS6A77U4lwH/UIUF7SjplWoJ&#10;Cdg+6L+orBYBI3ZpItBW2HVaqKKB1NzUf6h57sGrooXMif5qU/x/tOLbYROYli2/48yBpRattVPs&#10;Y3Zm8LGhgEe3CVmbGN2zX6P4GQmr3oD5ED0xbYevKIkE9gmLIWMXbH5MUtlYfD9efVdjYoIup3d1&#10;PaupPeKCVdBcHvoQ0xeFluVNyw1VV4jhsI4pFwLNJSTncfikjSltNY4NNJP39ae6vIhotMxojoth&#10;t300gR2AJmM1XX1ezbJkYnsTlqmXEPtTXIFOMxNw72RJ0yuQq/M+gTanPREZd7YpO3Nyc4vyuAk5&#10;T3aMeloynucvD83v5xL1+ksWvwAAAP//AwBQSwMEFAAGAAgAAAAhABxCbFjhAAAAEwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMT8FOwzAMvSPtHyJP4saSMlZNXdMJgThNIG3lwNFrTFvRJFWTdR1fj3dA&#10;cLH8nu3n9/LtZDsx0hBa7zQkCwWCXOVN62oN7+XL3RpEiOgMdt6RhgsF2Bazmxwz489uT+Mh1oJF&#10;XMhQQxNjn0kZqoYshoXvyfHs0w8WI8OhlmbAM4vbTt4rlUqLreMPDfb01FD1dThZDa1ZWtwF9TZ+&#10;lN/hVVX7VSwnrW/n0/OGy+MGRKQp/l3ANQP7h4KNHf3JmSA6xmrNgSI3D6tlCuK6kiQpc8dfTha5&#10;/J+l+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4H+9gwgEAAG0DAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAcQmxY4QAAABMBAAAPAAAAAAAA&#10;AAAAAAAAABwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAKgUAAAAA&#10;" strokecolor="#e6e7e8" strokeweight="1.5pt">
+            <v:line w14:anchorId="27E9D07E" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-9496;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="54pt,726.8pt" to="558pt,726.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBe0FV/sQEAAEwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8mO2zAMvRfoPwi6N/YM2jQ14sxhkull&#10;2gaY9gMYSY6FyqIgKrHz96WUpdut6EUQFz3yPVLLh2lw4mgiWfStvJvVUhivUFu/b+W3r09vFlJQ&#10;Aq/BoTetPBmSD6vXr5ZjaMw99ui0iYJBPDVjaGWfUmiqilRvBqAZBuM52GEcILEZ95WOMDL64Kr7&#10;up5XI0YdIipDxN71OShXBb/rjEpfuo5MEq6V3FsqZyznLp/VagnNPkLorbq0Af/QxQDWc9Eb1BoS&#10;iEO0f0ENVkUk7NJM4VBh11llCgdmc1f/wealh2AKFxaHwk0m+n+w6vPx0W9jbl1N/iU8o/pOLEo1&#10;BmpuwWxQ2EaxGz+h5jHCIWHhO3VxyI+ZiZiKrKebrGZKQrFz/rauFzWrr66xCprrwxApfTQ4iHxp&#10;pbM+M4YGjs+UciPQXFOy2+OTda5MzXkx8sp9qN/V5QWhszpHcx7F/e7RRXEEHvxmvnm/WeRZM9pv&#10;aRl6DdSf80rovBIRD16XMr0BvbncE1h3vjOQ8xeZsjJ54ajZoT5tY66TLR5ZqXhZr7wTv9ol6+cn&#10;WP0AAAD//wMAUEsDBBQABgAIAAAAIQCWbi323AAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9N&#10;S8NAEL0L/odlBG92N9aGErMpIngShbYePE6zYxLMzobsNo3+eqcH0du8D968V25m36uJxtgFtpAt&#10;DCjiOriOGwtv+6ebNaiYkB32gcnCF0XYVJcXJRYunHhL0y41SkI4FmihTWkotI51Sx7jIgzEon2E&#10;0WMSODbajXiScN/rW2Ny7bFj+dDiQI8t1Z+7o7fQuaXH52hep/f9d3wx9XaV9rO111fzwz2oRHP6&#10;M8O5vlSHSjodwpFdVL1gs5YtSY671TIHdbZkWS7c4ZfTVan/z6h+AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAF7QVX+xAQAATAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAJZuLfbcAAAADgEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokecolor="#e6e7e8" strokeweight="1.5pt">
               <o:lock v:ext="edit" shapetype="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A88D259" w14:textId="77777777" w:rsidR="00A4715E" w:rsidRDefault="00A4715E">
+    <w:p w14:paraId="6F8896DF" w14:textId="77777777" w:rsidR="00FB261A" w:rsidRDefault="00FB261A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32D0BABC" w14:textId="77777777" w:rsidR="00A4715E" w:rsidRDefault="00A4715E">
+    <w:p w14:paraId="2F996E48" w14:textId="77777777" w:rsidR="00FB261A" w:rsidRDefault="00FB261A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0271F97E" w14:textId="77777777" w:rsidR="00A035EF" w:rsidRDefault="00A035EF" w:rsidP="00A035EF">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:color w:val="D2232A"/>
         <w:spacing w:val="-8"/>
         <w:lang w:bidi="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="503309080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E523BA9" wp14:editId="33C7BF3A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>419100</wp:posOffset>
@@ -7918,120 +7309,184 @@
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="737235" cy="271780"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="4BA4ED4B" w14:textId="77777777" w:rsidR="00A035EF" w:rsidRDefault="00A035EF" w:rsidP="00A035EF">
+                        <w:p w14:paraId="4BA4ED4B" w14:textId="37BE6076" w:rsidR="00A035EF" w:rsidRDefault="006B14E0" w:rsidP="00A035EF">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
-                            <w:t>06/13/2024</w:t>
+                            <w:t>11</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00A035EF">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                              <w:sz w:val="15"/>
+                              <w:szCs w:val="15"/>
+                            </w:rPr>
+                            <w:t>/1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                              <w:sz w:val="15"/>
+                              <w:szCs w:val="15"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00A035EF">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                              <w:sz w:val="15"/>
+                              <w:szCs w:val="15"/>
+                            </w:rPr>
+                            <w:t>/202</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                              <w:sz w:val="15"/>
+                              <w:szCs w:val="15"/>
+                            </w:rPr>
+                            <w:t>5</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="11303BC7" w14:textId="77777777" w:rsidR="00A035EF" w:rsidRDefault="00A035EF" w:rsidP="00A035EF">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="7E523BA9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:6.85pt;margin-top:33pt;width:58.05pt;height:21.4pt;z-index:503309080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWgEAcCAIAAPQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuGyEQvVfqPyDu9dobu+usvI7SpKkq&#10;pU2ltB+AWfCiAkMBe9f9+g6s41jpLQoHBMzMm3lvhtXVYDTZCx8U2IbOJlNKhOXQKrtt6K+fdx+W&#10;lITIbMs0WNHQgwj0av3+3ap3tSihA90KTxDEhrp3De1idHVRBN4Jw8IEnLBolOANi3j126L1rEd0&#10;o4tyOv1Y9OBb54GLEPD1djTSdcaXUvD4IGUQkeiGYm0x7z7vm7QX6xWrt565TvFjGewVVRimLCY9&#10;Qd2yyMjOq/+gjOIeAsg44WAKkFJxkTkgm9n0BZvHjjmRuaA4wZ1kCm8Hy7/vH90PT+LwCQZsYCYR&#10;3D3w34FYuOmY3Ypr76HvBGsx8SxJVvQu1MfQJHWoQwLZ9N+gxSazXYQMNEhvkirIkyA6NuBwEl0M&#10;kXB8rC6q8mJBCUdTWc2qZW5KweqnYOdD/CLAkHRoqMeeZnC2vw8xFcPqJ5eUy8Kd0jr3VVvSN/Ry&#10;US5ywJnFqIhjp5Vp6HKa1jgIieNn2+bgyJQez5hA2yPpxHNkHIfNgI6J/AbaA9L3MI4Xfof4gJvU&#10;gOm5Vo6SDvzfl2/JDzuJFkp6HMGGhj875gUl+qtFqS9n83ma2XyZL6oSL/7csjm3MMsRqqGRkvF4&#10;E/Ocj5pcY0ukynI9V3zkhKOVVTx+gzS75/fs9fxZ1/8AAAD//wMAUEsDBBQABgAIAAAAIQDPnxTt&#10;2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcmFMEVSlNJwTiCmIDJG5Z&#10;47UVjVM12Vr+Pd4JTn7Ws977XK0XP6gjTbEPbCBbaVDETXA9twbet89XBaiYLDs7BCYDPxRhXZ+f&#10;VbZ0YeY3Om5SqySEY2kNdCmNJWJsOvI2rsJILN4+TN4mWacW3WRnCfcDXmudo7c9S0NnR3rsqPne&#10;HLyBj5f91+eNfm2f/O04h0Uj+zs05vJiebgHlWhJf8dwwhd0qIVpFw7sohoMyCPJQJ7LPLlZnoHa&#10;idBFAVhX+J+//gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAWgEAcCAIAAPQDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDPnxTt2gAAAAcBAAAP&#10;AAAAAAAAAAAAAAAAAGIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="4BA4ED4B" w14:textId="77777777" w:rsidR="00A035EF" w:rsidRDefault="00A035EF" w:rsidP="00A035EF">
+                  <w:p w14:paraId="4BA4ED4B" w14:textId="37BE6076" w:rsidR="00A035EF" w:rsidRDefault="006B14E0" w:rsidP="00A035EF">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
-                      <w:t>06/13/2024</w:t>
+                      <w:t>11</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00A035EF">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                        <w:sz w:val="15"/>
+                        <w:szCs w:val="15"/>
+                      </w:rPr>
+                      <w:t>/1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                        <w:sz w:val="15"/>
+                        <w:szCs w:val="15"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00A035EF">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                        <w:sz w:val="15"/>
+                        <w:szCs w:val="15"/>
+                      </w:rPr>
+                      <w:t>/202</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                        <w:sz w:val="15"/>
+                        <w:szCs w:val="15"/>
+                      </w:rPr>
+                      <w:t>5</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="11303BC7" w14:textId="77777777" w:rsidR="00A035EF" w:rsidRDefault="00A035EF" w:rsidP="00A035EF">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="697D1317" w14:textId="77777777" w:rsidR="00A035EF" w:rsidRPr="008757B9" w:rsidRDefault="00A035EF" w:rsidP="00A035EF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
@@ -8082,51 +7537,51 @@
         <w:b/>
         <w:color w:val="414042"/>
         <w:spacing w:val="15"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>- LOUVER SPECIFICATION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0715EEB1" w14:textId="514E654D" w:rsidR="002C056E" w:rsidRPr="00A035EF" w:rsidRDefault="002C056E" w:rsidP="00A035EF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02DC5F89"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94285434"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="450"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8343,50 +7798,162 @@
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08BA0276"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1EB8E942"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="405" w:hanging="405"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="13"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="405" w:hanging="405"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09152858"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7556E628"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8482,51 +8049,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09D0191A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C469B52"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1856" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2576" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8568,51 +8135,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6176" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6896" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7616" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C8F0C16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A58C910"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1536" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2256" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -8657,51 +8224,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5856" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6576" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7296" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F2B1DCB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="40B85FA2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8776,51 +8343,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13380DEC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8895,51 +8462,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14246718"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9014,51 +8581,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CB043C6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9133,51 +8700,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="229C6342"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F60AEF8"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9219,51 +8786,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AD2737B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94285434"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9338,51 +8905,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C893323"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F01AB7FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimalZero"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9478,51 +9045,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35AB3041"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE6275E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9597,51 +9164,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36977A70"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10587516"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9716,51 +9283,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CDB62A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DC8365E"/>
     <w:lvl w:ilvl="0" w:tplc="6C28D4AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -9805,51 +9372,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42805D4C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE6275E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9924,51 +9491,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43F8472B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DE4EE17E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -10040,51 +9607,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="481A51CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F2E74A4"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10159,51 +9726,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B624144"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6B4CC630"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10278,51 +9845,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B902A4A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10397,51 +9964,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CAF1C36"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0A0A5FC6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10537,51 +10104,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E1A74BD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7F78C686"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10677,51 +10244,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F0E1699"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10796,51 +10363,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FB5192A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F21A9182"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10916,51 +10483,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50E23C79"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D25CC2CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11056,51 +10623,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53837E95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24F2B174"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1040"/>
         </w:tabs>
         <w:ind w:left="1040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11172,51 +10739,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6080"/>
         </w:tabs>
         <w:ind w:left="6080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6800"/>
         </w:tabs>
         <w:ind w:left="6800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="544825F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFF4FE58"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11258,51 +10825,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59671EFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="35AA4D36"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11398,51 +10965,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ABD5875"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE6275E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11517,51 +11084,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61E71644"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0749CCE"/>
     <w:lvl w:ilvl="0" w:tplc="082CD638">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -11606,51 +11173,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="632F4A92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B5245E0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11692,51 +11259,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66A47DDA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE6275E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11811,51 +11378,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6705019A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94285434"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11930,51 +11497,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="682D42A1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94285434"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12049,51 +11616,71 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B44683F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C9AA24EA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E8C45A4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D0DE83E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12189,51 +11776,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F6539AA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94285434"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12308,51 +11895,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="760B4675"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12427,51 +12014,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79E34E95"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE6275E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12546,51 +12133,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA12E06"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ADD2FE88"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimalZero"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12686,51 +12273,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F664DB4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE6275E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12806,311 +12393,333 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1014041654">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1462263897">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1891066152">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="561990278">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="264728075">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1965577536">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="561990278">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="7" w16cid:durableId="1318067694">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="320543681">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1575243709">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="715129995">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="991787261">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="126898369">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="350452385">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1381786678">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="401029859">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1317883387">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1960449757">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1414938257">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="2057191808">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="497424260">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="631594715">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="350452385">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="22" w16cid:durableId="918363511">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1381786678">
+  <w:num w:numId="23" w16cid:durableId="77951060">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="369458047">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="576595218">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="468864295">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1240284414">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="401029859">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="28" w16cid:durableId="248852593">
+    <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1317883387">
-    <w:abstractNumId w:val="38"/>
+  <w:num w:numId="29" w16cid:durableId="83108868">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1960449757">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="30" w16cid:durableId="1753119160">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1414938257">
-[...2 lines deleted...]
-  <w:num w:numId="19" w16cid:durableId="2057191808">
+  <w:num w:numId="31" w16cid:durableId="50857287">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="497424260">
-[...5 lines deleted...]
-  <w:num w:numId="22" w16cid:durableId="918363511">
+  <w:num w:numId="32" w16cid:durableId="1617909284">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="77951060">
-[...26 lines deleted...]
-  <w:num w:numId="32" w16cid:durableId="1617909284">
+  <w:num w:numId="33" w16cid:durableId="304431013">
     <w:abstractNumId w:val="21"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="136268259">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1425490191">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1895773302">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="650254483">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="360937814">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1517116496">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="360937814">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="40" w16cid:durableId="1127815458">
+    <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1517116496">
-    <w:abstractNumId w:val="23"/>
+  <w:num w:numId="41" w16cid:durableId="499278824">
+    <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1127815458">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="42" w16cid:durableId="572396963">
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="34"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="91"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="187"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009525AD"/>
     <w:rsid w:val="000158E6"/>
     <w:rsid w:val="000331AA"/>
     <w:rsid w:val="00047809"/>
     <w:rsid w:val="000F2A90"/>
     <w:rsid w:val="00155D81"/>
+    <w:rsid w:val="00180EAB"/>
     <w:rsid w:val="001D17DE"/>
     <w:rsid w:val="001E05E6"/>
     <w:rsid w:val="002000FB"/>
     <w:rsid w:val="00217A5D"/>
     <w:rsid w:val="0022592F"/>
+    <w:rsid w:val="00245149"/>
     <w:rsid w:val="002636AF"/>
     <w:rsid w:val="00266ACC"/>
     <w:rsid w:val="00287776"/>
     <w:rsid w:val="00293CAA"/>
     <w:rsid w:val="002A2E66"/>
     <w:rsid w:val="002B4821"/>
     <w:rsid w:val="002C056E"/>
     <w:rsid w:val="002C6FA7"/>
     <w:rsid w:val="00330376"/>
     <w:rsid w:val="003853F2"/>
     <w:rsid w:val="00391FE5"/>
     <w:rsid w:val="003D08DE"/>
     <w:rsid w:val="003F01A3"/>
     <w:rsid w:val="00455B83"/>
     <w:rsid w:val="00467C80"/>
+    <w:rsid w:val="00475AC5"/>
     <w:rsid w:val="00490CBD"/>
     <w:rsid w:val="00493ED8"/>
     <w:rsid w:val="00542819"/>
+    <w:rsid w:val="00582C23"/>
     <w:rsid w:val="005A6EEB"/>
+    <w:rsid w:val="005D2D0A"/>
     <w:rsid w:val="005E21A0"/>
+    <w:rsid w:val="005E249B"/>
     <w:rsid w:val="0065446E"/>
     <w:rsid w:val="00656A05"/>
     <w:rsid w:val="00697C82"/>
+    <w:rsid w:val="006B14E0"/>
     <w:rsid w:val="006F39D0"/>
     <w:rsid w:val="00730E54"/>
     <w:rsid w:val="00743C38"/>
     <w:rsid w:val="00743C40"/>
     <w:rsid w:val="0078059C"/>
+    <w:rsid w:val="007C57D1"/>
     <w:rsid w:val="007E491C"/>
     <w:rsid w:val="00830B5A"/>
     <w:rsid w:val="008C0015"/>
     <w:rsid w:val="008F5191"/>
+    <w:rsid w:val="00931647"/>
     <w:rsid w:val="00947B63"/>
     <w:rsid w:val="009525AD"/>
     <w:rsid w:val="00955096"/>
     <w:rsid w:val="009827DB"/>
+    <w:rsid w:val="009B7C8D"/>
     <w:rsid w:val="00A035EF"/>
     <w:rsid w:val="00A4715E"/>
     <w:rsid w:val="00A95886"/>
+    <w:rsid w:val="00A971B9"/>
     <w:rsid w:val="00AB2E3C"/>
     <w:rsid w:val="00AC2D3C"/>
     <w:rsid w:val="00AC32EC"/>
     <w:rsid w:val="00AD1C42"/>
     <w:rsid w:val="00AE2567"/>
+    <w:rsid w:val="00B2221A"/>
     <w:rsid w:val="00B32912"/>
     <w:rsid w:val="00B4092D"/>
     <w:rsid w:val="00BB2FA5"/>
     <w:rsid w:val="00C66AC0"/>
     <w:rsid w:val="00C825F2"/>
     <w:rsid w:val="00C83646"/>
     <w:rsid w:val="00C90F1C"/>
     <w:rsid w:val="00C968C5"/>
     <w:rsid w:val="00CA6EDC"/>
     <w:rsid w:val="00CD50E8"/>
     <w:rsid w:val="00D34D9D"/>
+    <w:rsid w:val="00D928A0"/>
     <w:rsid w:val="00D94088"/>
     <w:rsid w:val="00DB7265"/>
     <w:rsid w:val="00DE6A04"/>
     <w:rsid w:val="00E53005"/>
     <w:rsid w:val="00E530C8"/>
     <w:rsid w:val="00E864EA"/>
     <w:rsid w:val="00E93459"/>
+    <w:rsid w:val="00EC2336"/>
     <w:rsid w:val="00EE31B4"/>
     <w:rsid w:val="00F03A30"/>
     <w:rsid w:val="00F41442"/>
     <w:rsid w:val="00F76E0F"/>
+    <w:rsid w:val="00FB261A"/>
     <w:rsid w:val="00FB50FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val="|"/>
   <w14:docId w14:val="71ADB91A"/>
   <w15:docId w15:val="{8A3169AA-463A-A84A-A3F5-2B0C570C5E90}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13778,51 +13387,51 @@
       <w:ind w:left="100"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Sabon LT Pro" w:eastAsia="Sabon LT Pro" w:hAnsi="Sabon LT Pro" w:cs="Sabon LT Pro"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00A035EF"/>
     <w:rPr>
       <w:rFonts w:ascii="Sabon LT Pro" w:eastAsia="Sabon LT Pro" w:hAnsi="Sabon LT Pro" w:cs="Sabon LT Pro"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cet@c-sgroup.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -14092,76 +13701,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{608F7CC3-FEB0-5E4F-9C35-96A651C416C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14947</Characters>
+  <Pages>8</Pages>
+  <Words>2784</Words>
+  <Characters>15316</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>348</Lines>
+  <Paragraphs>196</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17534</CharactersWithSpaces>
+  <CharactersWithSpaces>17904</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Justin Teffeteller</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2019-05-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 14.0 (Macintosh)</vt:lpwstr>
   </property>