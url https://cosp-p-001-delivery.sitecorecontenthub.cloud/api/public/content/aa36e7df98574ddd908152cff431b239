--- v0 (2025-10-03)
+++ v1 (2026-03-19)
@@ -1,12406 +1,39126 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="60B39EF0" w14:textId="77777777" w:rsidR="003E6C8F" w:rsidRDefault="003E6C8F" w:rsidP="003E6C8F">
+    <w:p w14:paraId="32235F15" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:pStyle w:val="Title"/>
-        <w:ind w:left="0"/>
+        <w:spacing w:before="411"/>
+        <w:ind w:left="259"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk169526914"/>
       <w:r>
         <w:rPr>
-          <w:color w:val="D2232A"/>
-[...3 lines deleted...]
-        <w:t>Architectural Louvers</w:t>
+          <w:rFonts w:ascii="Cambria"/>
+          <w:color w:val="D2222A"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>Architectural</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria"/>
+          <w:color w:val="D2222A"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria"/>
+          <w:color w:val="D2222A"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>Louvers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E5481C" w14:textId="77777777" w:rsidR="003E6C8F" w:rsidRPr="00E95ED7" w:rsidRDefault="003E6C8F" w:rsidP="003E6C8F">
+    <w:p w14:paraId="32235F16" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="001656F2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="5"/>
-[...2 lines deleted...]
-          <w:sz w:val="13"/>
+        <w:spacing w:before="56"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="280C3BBB" w14:textId="78CF0930" w:rsidR="003E6C8F" w:rsidRDefault="003E6C8F" w:rsidP="003E6C8F">
+    <w:p w14:paraId="32235F17" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:spacing w:before="146"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro Light"/>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="265"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Models:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A6370</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F18" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:spacing w:before="18"/>
+        <w:ind w:left="267"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F21"/>
+        </w:rPr>
+        <w:t>Suggested</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F21"/>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F21"/>
+        </w:rPr>
+        <w:t>Specifications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F21"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F21"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F21"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F21"/>
+        </w:rPr>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F21"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F21"/>
+        </w:rPr>
+        <w:t>08</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F21"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F21"/>
+        </w:rPr>
+        <w:t>90</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F21"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F21"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F19" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F1A" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="8734" w:firstLine="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Model: A-6370 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>General</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F1B" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="879"/>
+        </w:tabs>
+        <w:spacing w:before="113"/>
+        <w:ind w:left="879" w:hanging="419"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Summary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F1C" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="985"/>
+          <w:tab w:val="left" w:pos="989"/>
+        </w:tabs>
+        <w:spacing w:before="95" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="989" w:right="653"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Furnish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>install</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>louvers,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>bird</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>screens,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>blank-off</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>panels,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>structural</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>supports,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>attachment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>brackets</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>shown</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>drawings,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>specified,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>needed for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>a complete</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and proper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>installation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F1D" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="976"/>
+        </w:tabs>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="976" w:hanging="347"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>louvers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>furnished</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F1E" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1717"/>
+        </w:tabs>
+        <w:spacing w:before="8" w:line="241" w:lineRule="exact"/>
+        <w:ind w:hanging="369"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Acoustical</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>louvers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F1F" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="986"/>
+        </w:tabs>
+        <w:spacing w:line="253" w:lineRule="exact"/>
+        <w:ind w:left="986" w:hanging="362"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Related</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>sections</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F20" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1709"/>
+        </w:tabs>
+        <w:spacing w:before="6" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1709" w:right="605" w:hanging="362"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Division</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>"Joint</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Sealants"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>sealants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>installed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>perimeter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>joints</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>between</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>louver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">frames </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>and adjoining construction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F21" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="698"/>
+        </w:tabs>
+        <w:spacing w:before="104"/>
+        <w:ind w:left="698" w:hanging="426"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F22" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="994"/>
+        </w:tabs>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="994" w:hanging="358"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Movement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Control</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Association</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>International,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F23" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1717"/>
+        </w:tabs>
+        <w:spacing w:before="6"/>
+        <w:ind w:hanging="369"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>AMCA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>500-L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Laboratory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Methods</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>ofTesting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Louvers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Rating</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F24" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1717"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:hanging="367"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>AMCA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Publication</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>501</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Manual</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Louvers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F25" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="976"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="976" w:hanging="347"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Association</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Incorporated</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F26" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1717"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:hanging="369"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Standards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F27" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1707"/>
+        </w:tabs>
+        <w:spacing w:before="9" w:line="241" w:lineRule="exact"/>
+        <w:ind w:left="1707" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Specifications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and Guidelines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Structures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F28" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="996"/>
+        </w:tabs>
+        <w:spacing w:line="253" w:lineRule="exact"/>
+        <w:ind w:left="996" w:hanging="372"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>American</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Society</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Civil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Engineers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F29" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1706"/>
+        </w:tabs>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="1706" w:hanging="358"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Minimum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Design</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Loads</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Buildings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Other Structures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F2A" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="995"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="995" w:hanging="366"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>American</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>SocietyforTesting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Materials</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F2B" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1717"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:hanging="369"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>8209</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F2C" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1717"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:hanging="367"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>8211</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F2D" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1717"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:hanging="369"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>8221</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F2E" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1717"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:hanging="373"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>E90-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>90</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F2F" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="996"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="996" w:hanging="368"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Architectural</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Manufacturers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Association</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F30" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1717"/>
+        </w:tabs>
+        <w:spacing w:before="3"/>
+        <w:ind w:hanging="369"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>AAMA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>800</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Voluntary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Specifications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Methods</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Sealants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F31" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1709"/>
+          <w:tab w:val="left" w:pos="1717"/>
+        </w:tabs>
+        <w:spacing w:before="9" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1709" w:right="267" w:hanging="359"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>AAMA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>605.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Voluntary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Specification</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>High</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Performance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Organic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Coatings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Extrusions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>and Panels.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F32" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1717"/>
+        </w:tabs>
+        <w:spacing w:before="2"/>
+        <w:ind w:hanging="369"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>AAMA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>TIR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Metal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Curtain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Wall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Fasteners</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F33" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1717"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:hanging="373"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>AAMA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>2605-98</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Superior</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Performing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Organic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Coatings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Extrusions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Panels</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F34" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="985"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="985" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Canadian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Standards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Association</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F35" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1706"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="1706" w:hanging="358"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>CAN3-S157-M83</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Strength</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Design</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Aluminum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F36" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1707"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="1707" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>S136</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>94</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Cold</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Formed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Steel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Structural</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Members</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F37" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="117"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F38" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="696"/>
+        </w:tabs>
+        <w:ind w:left="696" w:hanging="424"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Submittals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F39" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1347"/>
+        </w:tabs>
+        <w:spacing w:before="96"/>
+        <w:ind w:left="1347" w:hanging="351"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Product</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F3A" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2078"/>
+        </w:tabs>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="2078" w:hanging="369"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>flow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>entrainment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>performance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>results.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F3B" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2066"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="2066" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>types</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>thickness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F3C" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1347"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="1347" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Shop</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Drawings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Full</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Shop</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Drawings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F3D" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2067"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="2067" w:hanging="358"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>elevations,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>views,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>views,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>details</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>louver.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F3F" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2067"/>
+          <w:tab w:val="left" w:pos="2074"/>
+        </w:tabs>
+        <w:spacing w:before="92" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2074" w:right="409" w:hanging="363"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>building</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>elevations,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>key</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>plan,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>datum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>dimensions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>allow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>ease</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>locating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>louvers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>relative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>overall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>building</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>relative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>adjacent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>elements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F40" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2068"/>
+        </w:tabs>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="2068" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Show</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>anchorage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>details</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>connections</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>all component</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>parts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F41" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2067"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="2067" w:hanging="362"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>signed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>sealed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>structural calculations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F42" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2055"/>
+          <w:tab w:val="left" w:pos="2068"/>
+        </w:tabs>
+        <w:spacing w:before="9" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2068" w:right="328" w:hanging="361"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>louver manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>shall incorporate a reasonable degree of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>coordination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adjacent </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>trades, review of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>supplemental</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>instructions, and new document</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>issuances</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their shop drawing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>issuances</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>revisions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F43" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F44" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>OR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F45" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F46" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1347"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Shop</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Drawings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Unit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Drawings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F47" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2067"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="2067" w:hanging="358"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>elevations,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>sections,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>details</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>louver.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F48" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2068"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Show</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>anchorage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>details</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>connections</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>all component</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>parts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F49" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2067"/>
+        </w:tabs>
+        <w:spacing w:before="9" w:line="241" w:lineRule="exact"/>
+        <w:ind w:left="2067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>signed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>sealed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>structural calculations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F4A" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1373"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+        <w:ind w:left="1373" w:hanging="348"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Samples</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F4B" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2191"/>
+        </w:tabs>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="2191" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Metal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Chips</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>size</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>3"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>5"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>choose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>colors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F4C" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="2190" w:hanging="354"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Wood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Grain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Color</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Chips</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>size</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>3"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>5"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>choose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>colors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F4D" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="2190" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Wood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Grain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Color</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Chain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>size</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>3"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>5"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>chain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>wood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>grains.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F4E" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="2190" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Wood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Grain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Color</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Chart</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>size</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>81/2"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>11"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>print</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>demand.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F4F" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2193"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="2193" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>KYNAR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Color</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Card</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>size</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>81/2"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>11"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>shows</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>colors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F50" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2191"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="2191" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Metallie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>KYNAR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Color</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Card</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>size</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>81/2"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>11"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>shows</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>a11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>colors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F51" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1347"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="1347" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Submit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>color</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>chips</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F52" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="109"/>
+        <w:ind w:left="272"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.04</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Quality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Assurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F53" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1343"/>
+        </w:tabs>
+        <w:spacing w:before="100" w:line="244" w:lineRule="auto"/>
+        <w:ind w:right="686" w:hanging="348"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Single</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>subcontract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>responsibility:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Subcontract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>single</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>firm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>had</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>less</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">six </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>years'</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>design</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>manufacturing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>similar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>shown</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F54" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1350"/>
+        </w:tabs>
+        <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="1350" w:right="650" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Performance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Requirements:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>AMCA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>confirm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>louvers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>specified</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>performance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>characteristics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F56" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1344"/>
+          <w:tab w:val="left" w:pos="1347"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1347" w:right="392" w:hanging="359"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Structural</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Requirements:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Design</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>materials to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>withstand wind</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>snow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>loads</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the applicable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>building code.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Maximum allowable deflection for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>louver structural</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>members to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1/180 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>0.75</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>inches,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>whichever</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>less.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Maximum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>allowable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>deflection</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>louver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>blades</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>1/120</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0.50 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>inch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>across</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>weak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>axis,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>whichever</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>less.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F57" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1350"/>
+          <w:tab w:val="left" w:pos="1352"/>
+        </w:tabs>
+        <w:spacing w:before="5" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:right="467" w:hanging="364"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Professional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Engineer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Requirements:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Drawings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>structural</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>calculations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>signed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>sealed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>professional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>engineer licensed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>practice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>project</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>state.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F58" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1344"/>
+          <w:tab w:val="left" w:pos="1351"/>
+        </w:tabs>
+        <w:spacing w:before="3" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1351" w:right="568" w:hanging="363"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Warranty:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>written</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>warranty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>owner</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>products</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>free</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">defective materials or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>workmanship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>installation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F59" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="103"/>
+        <w:ind w:left="272"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.05</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Delivery,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Storage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Handling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F5A" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="626"/>
+          <w:tab w:val="left" w:pos="628"/>
+        </w:tabs>
+        <w:spacing w:before="95" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="421" w:hanging="353"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Delivery:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>At</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>time</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>delivery</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>materials</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>visually</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>inspected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>damage.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>damaged</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>boxes,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">crates, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>louver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>sections,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>noted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>receiving</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ticket</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>immediately</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>reported</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shipping company </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>material manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F5B" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="625"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="625" w:hanging="356"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Storage:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F5C" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2788"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>stored</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>flat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>end</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>side.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F5D" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2788"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:hanging="356"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>stored</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>either</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>indoors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>outdoors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F5E" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2789"/>
+          <w:tab w:val="left" w:pos="2795"/>
+        </w:tabs>
+        <w:spacing w:before="8" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2795" w:right="555" w:hanging="366"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>stored</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>outdoors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>raised</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>sufficiently</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>off</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ground</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>prevent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>being flooded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F5F" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2789"/>
+          <w:tab w:val="left" w:pos="2792"/>
+        </w:tabs>
+        <w:spacing w:before="3" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2792" w:right="617" w:hanging="367"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>stored outdoors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>must be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>covered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>weatherproofflame</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-resistant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>sheeting or tarpaulin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F60" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001656F2" w:rsidRPr="00B2429C">
+          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1740" w:right="720" w:bottom="1360" w:left="720" w:header="683" w:footer="1167" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F61" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="626"/>
+        </w:tabs>
+        <w:spacing w:before="83"/>
+        <w:ind w:left="626" w:hanging="362"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Handling:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F62" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2788"/>
+          <w:tab w:val="left" w:pos="2792"/>
+        </w:tabs>
+        <w:spacing w:before="6" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2792" w:right="453" w:hanging="363"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>handled</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>sound</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>handling</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>practices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>such</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>way</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>minimize</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>racking.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F63" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2793"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2793" w:right="400" w:hanging="362"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Louver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>sections</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>hoisted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>attaching</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>straps</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>jambs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>lifting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">section </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>while</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>it is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>vertical position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F64" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2791"/>
+          <w:tab w:val="left" w:pos="2793"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2791" w:right="503" w:hanging="362"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Louver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>sections</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>lifted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>carried</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>jambs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Heads,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>sills,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">blades </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>lifting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>hoisting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>louver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>sections.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F65" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F66" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PART</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PRODUCTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F67" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="16"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F68" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="693"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="241" w:lineRule="exact"/>
+        <w:ind w:left="693" w:hanging="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Manufacturers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F69" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="963"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="255" w:right="402" w:firstLine="500"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Basis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Design</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>manufactured</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Specialties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>subject to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>compliance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>with requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">listed. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>louvers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>related materials herein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>specified and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>indicated on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>drawings shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>manufactured</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Construction Specialties, 3 Werner Way, Lebanon, NJ 08833. Tel: 800.233.8493.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="00B2429C">
+          <w:rPr>
+            <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+            <w:color w:val="0000FF"/>
+            <w:w w:val="90"/>
+            <w:u w:val="thick" w:color="000000"/>
+          </w:rPr>
+          <w:t>cet@c-sgroup.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.No </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>substitutions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F6A" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="997"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="268" w:right="943" w:firstLine="530"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Drawings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>specifications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>based on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>manufacturer's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>literature from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Specialties,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inc. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>drawings and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>specifications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>unless otherwise indicated.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Other manufacturers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>must be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approved equal by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Architect/Owner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F6B" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F6C" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="23"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F6D" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="693"/>
+        </w:tabs>
+        <w:spacing w:line="241" w:lineRule="exact"/>
+        <w:ind w:left="693" w:hanging="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Materials</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F6E" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1354"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+        <w:ind w:left="1354" w:hanging="358"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Extrusions:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>8211,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Alloy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>6063-T5,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>6063-T6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>6061-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>T6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F6F" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1357"/>
+        </w:tabs>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="1357" w:hanging="367"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Sheet:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>83209,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Alloy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>1100,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>3003</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>5005.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F70" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F71" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="26"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F72" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="697"/>
+        </w:tabs>
+        <w:spacing w:line="241" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fabrication,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>General</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F73" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1347"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1347" w:right="320" w:hanging="352"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Provide CS louver models, bird screens, blank-off panels, structural supports,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>and accessories</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as specified </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and/or shown</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>drawings.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Materials, sizes,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>depths, arrangements,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>thickness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>to be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>required for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>optimal performance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>respect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>strength;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>durability;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>uniform appearance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F74" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1351"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="239" w:lineRule="exact"/>
+        <w:ind w:left="1351" w:hanging="361"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Louvers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>mechanically</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>assembled</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>using</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>stainless</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>steel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>fasteners.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F75" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1344"/>
+        </w:tabs>
+        <w:spacing w:line="250" w:lineRule="exact"/>
+        <w:ind w:left="1344" w:hanging="359"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>anchorage,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>accessories</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>complete</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F76" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="115"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F77" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="826"/>
+        </w:tabs>
+        <w:ind w:left="826" w:hanging="557"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Louver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Models</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F78" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1345"/>
+        </w:tabs>
+        <w:spacing w:before="100"/>
+        <w:ind w:left="1345" w:hanging="349"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>CS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>6"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>(152.4mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Deep</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Fixed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Acoustical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Louver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Model</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>A-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>6370</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F79" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="15"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F7A" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2067"/>
+          <w:tab w:val="left" w:pos="2073"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2073" w:right="249" w:hanging="365"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Material:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Fixed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>blades and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>frame</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>formed from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>alloy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>sheet.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interior </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>acoustical</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>fiberglass</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>insulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>protected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>woven</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>fire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>retardant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>(self-extinguishing)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>100% polyester</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>sheeting.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Nominal minimum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>material thickness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>follows:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Heads,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>sills,jambs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>mullions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>fixed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>blades:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>0.081"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(2.06mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F7B" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2072"/>
+        </w:tabs>
+        <w:ind w:left="2072" w:hanging="361"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Performance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>tested</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>AMCA:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>4'</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>4'</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>unit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>conform</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F7C" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1883" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5596"/>
+        <w:gridCol w:w="2514"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001656F2" w:rsidRPr="00B2429C" w14:paraId="32235F7F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="254"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F7D" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11" w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="95"/>
+              </w:rPr>
+              <w:t>Area</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F7E" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11" w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="14"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>3.46</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>sq.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>ft.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>(0.32</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>sq.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>m)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001656F2" w:rsidRPr="00B2429C" w14:paraId="32235F82" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="244"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F80" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7" w:line="218" w:lineRule="exact"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>area</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>velocity</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>point</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>beginning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>water penetration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F81" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7" w:line="218" w:lineRule="exact"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>1046</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-6"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>FPM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>(318.8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>m/min)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001656F2" w:rsidRPr="00B2429C" w14:paraId="32235F85" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="494"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F83" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="250" w:lineRule="exact"/>
+              <w:ind w:left="24" w:right="966" w:hanging="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Intake</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Pressure</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>drop</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>point</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>beginning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">water </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>penetration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F84" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="14"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>0.12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>in.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>H2O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>(3.05</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>mm)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001656F2" w:rsidRPr="00B2429C" w14:paraId="32235F88" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F86" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="246" w:lineRule="exact"/>
+              <w:ind w:left="20" w:right="1" w:firstLine="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>Exhaust</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>drop</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>at 1000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>fpm</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>free</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>area</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">velocity </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>(305m/min)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F87" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="14"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>0.115</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>in.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-7"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>H2O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>(2.92</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>mm)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="32235F89" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001656F2" w:rsidRPr="00B2429C">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1740" w:right="720" w:bottom="1360" w:left="720" w:header="683" w:footer="1167" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235F8A" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2071"/>
+          <w:tab w:val="left" w:pos="2077"/>
+        </w:tabs>
+        <w:spacing w:before="92" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2071" w:right="642" w:hanging="363"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Acoustical</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Performance: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>When tested in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accordance with ASTM Standard E90-90 the louver </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>STC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Noise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Reduction:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235F8B" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="111"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1210" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1615"/>
+        <w:gridCol w:w="707"/>
+        <w:gridCol w:w="743"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="699"/>
+        <w:gridCol w:w="764"/>
+        <w:gridCol w:w="693"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="326"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001656F2" w:rsidRPr="00B2429C" w14:paraId="32235F95" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="211"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32235F8C" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+              <w:t>Frequency</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>hz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F8D" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="278"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F8E" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="246"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F8F" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="223"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F90" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="223"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="764" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F91" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="199"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F92" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="200"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F93" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="275"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>4000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F94" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="275"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>8000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001656F2" w:rsidRPr="00B2429C" w14:paraId="32235F9F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="299"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32235F96" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75" w:line="204" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+              <w:t>Transmission</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Loss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F97" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75" w:line="204" w:lineRule="exact"/>
+              <w:ind w:left="324"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F98" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75" w:line="204" w:lineRule="exact"/>
+              <w:ind w:left="22"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F99" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75" w:line="204" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F9A" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75" w:line="204" w:lineRule="exact"/>
+              <w:ind w:left="268"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="764" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F9B" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75" w:line="204" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F9C" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75" w:line="204" w:lineRule="exact"/>
+              <w:ind w:left="291"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F9D" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75" w:line="204" w:lineRule="exact"/>
+              <w:ind w:left="364"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235F9E" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75" w:line="204" w:lineRule="exact"/>
+              <w:ind w:left="364"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001656F2" w:rsidRPr="00B2429C" w14:paraId="32235FAD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235FA0" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="378" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:noProof/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32236020" wp14:editId="32236021">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>953644</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>194930</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="6350" cy="13335"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="7" name="Group 7"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="6350" cy="13335"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="6350" cy="13335"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="8" name="Graphic 8"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="6357"/>
+                                  <a:ext cx="6350" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="6350">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="6105" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="12715">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="7AD357DC" id="Group 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:75.1pt;margin-top:15.35pt;width:.5pt;height:1.05pt;z-index:-251662336;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6350,13335" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqcA7raQIAAIQFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC817Js2AkEy0ERN0aB&#10;IA0QFz3TFLWgFMkOaUv++w6pxY6TXlIdhEfOcJY3j1zdtbUkRwG20iql8WRKiVBcZ5UqUvpz9/Dl&#10;lhLrmMqY1Eqk9CQsvVt//rRqTCJmutQyE0AwiLJJY1JaOmeSKLK8FDWzE22EQmOuoWYOl1BEGbAG&#10;o9cymk2ny6jRkBnQXFiLu5vOSNchfp4L7n7kuRWOyJRibS78Ifz3/h+tVywpgJmy4n0Z7ANV1KxS&#10;mHQMtWGOkQNUb0LVFQdtde4mXNeRzvOKi9ADdhNPr7rZgj6Y0EuRNIUZaUJqr3j6cFj+dNyCeTHP&#10;0FWP8FHz3xZ5iRpTJJd2vy7Ozm0OtT+ETZA2MHoaGRWtIxw3l/MFss7REM/n80VHNy9xJm+O8PLb&#10;vw9FLOnShaLGIhqDqrFnYuz/EfNSMiMC39Y3/gykylKKClasRu1ue5nc+jZ8avTxzPUr25P4Li9I&#10;xE3X/TvUzG6CEMcmWcIP1m2FDvyy46N1nU6zAbFyQLxVAwRUu9e5DDp3lKDOgRLU+b5LbZjz5/zQ&#10;PCRNPyC/Ueuj2OlgclezwbrOVqkuvZbxdEHJMHd07MwIfALUUAdCUsSXbUnl88ezm3gRbo7Vssoe&#10;Kil9DRaK/b0EcmT+3obPt4AhXrkZsG7DbNn5BVPvJlUQsE26qfhp7XV2wpE2OMWU2j8HBoIS+V2h&#10;aPzLMAAYwH4A4OS9Du9HoAdz7tpfDAzx6VPqcKJPetAOS4Z5+d5HX39S6a8Hp/PKDxN1PFTUL1DH&#10;AYWrjujVW3K5Dl7nx3P9FwAA//8DAFBLAwQUAAYACAAAACEAMk0xXN4AAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQWvCQBCF74X+h2WE3uomkbQSsxGRticpVAultzE7JsHsbsiuSfz3HU/1+N58&#10;vHkvX0+mFQP1vnFWQTyPQJAtnW5speD78P68BOEDWo2ts6TgSh7WxeNDjpl2o/2iYR8qwSHWZ6ig&#10;DqHLpPRlTQb93HVk+XZyvcHAsq+k7nHkcNPKJIpepMHG8ocaO9rWVJ73F6PgY8Rxs4jfht35tL3+&#10;HtLPn11MSj3Nps0KRKAp/MNwq8/VoeBOR3ex2ouWdRoljCpYRK8gbkAas3FkI1mCLHJ5v6D4AwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACpwDutpAgAAhAUAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADJNMVzeAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;wwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADOBQAAAAA=&#10;">
+                      <v:shape id="Graphic 8" o:spid="_x0000_s1027" style="position:absolute;top:6357;width:6350;height:1270;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6350,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBwDYL6uQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LCsIw&#10;EN0L3iGM4M6mCopUo4gouPTX/dCMTbGZ1CZqvb1ZCC4f779cd7YWL2p95VjBOElBEBdOV1wquF72&#10;ozkIH5A11o5JwYc8rFf93hIz7d58otc5lCKGsM9QgQmhyaT0hSGLPnENceRurrUYImxLqVt8x3Bb&#10;y0mazqTFimODwYa2hor7+WkV+GPO+dMEysenx2HXTHdezlKlhoNuswARqAt/8c990Ari1ngl3gC5&#10;+gIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAAAAAA&#10;AB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBwDYL6uQAAANoAAAAPAAAAAAAAAAAAAAAA&#10;AAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA7QIAAAAA&#10;" path="m,l6105,e" filled="f" strokeweight=".35319mm">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+              <w:t>Noise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+              <w:t>Reduction</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="46"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="45"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235FA1" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="378" w:lineRule="exact"/>
+              <w:ind w:left="278"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:noProof/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32236022" wp14:editId="32236023">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>385827</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>194930</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="6350" cy="13335"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="9" name="Group 9"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="6350" cy="13335"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="6350" cy="13335"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="10" name="Graphic 10"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="6357"/>
+                                  <a:ext cx="6350" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="6350">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="6105" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="12715">
+                                  <a:solidFill>
+                                    <a:srgbClr val="231F1F"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="67B6A78E" id="Group 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:30.4pt;margin-top:15.35pt;width:.5pt;height:1.05pt;z-index:-251660288;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6350,13335" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOfDDzbAIAAIYFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtuGjEQfa/Uf7D8XpYFAdWKJapCQZWi&#10;NFKI+my83ovqtd2xYeHvO/ZeICR9SV+sY894LmeOvbw71ZIcBdhKq5TGozElQnGdVapI6ctu8+Ur&#10;JdYxlTGplUjpWVh6t/r8admYREx0qWUmgGAQZZPGpLR0ziRRZHkpamZH2giFxlxDzRxuoYgyYA1G&#10;r2U0GY/nUaMhM6C5sBZP162RrkL8PBfc/cxzKxyRKcXaXFghrHu/RqslSwpgpqx4Vwb7QBU1qxQm&#10;HUKtmWPkANWbUHXFQVuduxHXdaTzvOIi9IDdxOObbragDyb0UiRNYQaakNobnj4clj8et2CezRO0&#10;1SN80Py3RV6ixhTJtd3vi4vzKYfaX8ImyCkweh4YFSdHOB7OpzNknaMhnk6ns5ZuXuJM3lzh5fd/&#10;X4pY0qYLRQ1FNAZVYy/E2P8j5rlkRgS+rW/8CUiVYeXYgWI1infb6QRPkB+fHL08d93OdjS+ywxS&#10;sWj7f4ecySKEHNpkCT9YtxU6MMyOD9a1Ss16xMoe8ZPqIaDevdJlULqjBJUOlKDS921qw5y/58fm&#10;IWm6EfmDWh/FTgeTu5kO1nWxSnXtNY/HM0r6yaNja0bgE6CKWhCSIr5uSyqfP54s4ll4O1bLKttU&#10;UvoaLBT7ewnkyLCfyTTexBvfAoZ45WbAujWzZesXTJ2bVEHCNmmn4qe119kZh9rgGFNq/xwYCErk&#10;D4Wy8X9DD6AH+x6Ak/c6/CCBHsy5O/1iYIhPn1KHE33UvXpY0s/L9z74+ptKfzs4nVd+mKjkvqJu&#10;g0oOKDx2RK9+k+t98Lp8n6u/AAAA//8DAFBLAwQUAAYACAAAACEAirUcE9wAAAAHAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyOwWrDMBBE74X+g9hCb43khLrBsRxCaHsKhSaFkptibWwTa2UsxXb+vttT&#10;e3zMMPPy9eRaMWAfGk8akpkCgVR621Cl4evw9rQEEaIha1pPqOGGAdbF/V1uMutH+sRhHyvBIxQy&#10;o6GOscukDGWNzoSZ75A4O/vemcjYV9L2ZuRx18q5Uql0piF+qE2H2xrLy/7qNLyPZtwsktdhdzlv&#10;b8fD88f3LkGtHx+mzQpExCn+leFXn9WhYKeTv5INotWQKjaPGhbqBQTnacJ8Yp4vQRa5/O9f/AAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCOfDDzbAIAAIYFAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKtRwT3AAAAAcBAAAPAAAAAAAAAAAAAAAA&#10;AMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzwUAAAAA&#10;">
+                      <v:shape id="Graphic 10" o:spid="_x0000_s1027" style="position:absolute;top:6357;width:6350;height:1270;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6350,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDDbeeswwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8JA&#10;DIXvC/6HIYK3dargbqmOIoogeFq3HryFTmyLnUzpjLb+e3NY2FvCe3nvy2ozuEY9qQu1ZwOzaQKK&#10;uPC25tJA/nv4TEGFiGyx8UwGXhRgsx59rDCzvucfep5jqSSEQ4YGqhjbTOtQVOQwTH1LLNrNdw6j&#10;rF2pbYe9hLtGz5PkSzusWRoqbGlXUXE/P5yB+I3tNb+HtE9Pdvc6LvaHS7I3ZjIetktQkYb4b/67&#10;PlrBF3r5RQbQ6zcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAw23nrMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l6105,e" filled="f" strokecolor="#231f1f" strokeweight=".35319mm">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:color w:val="231F1F"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="45"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235FA2" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="378" w:lineRule="exact"/>
+              <w:ind w:left="291"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:noProof/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32236024" wp14:editId="32236025">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>394763</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>194930</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="6350" cy="13335"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="11" name="Group 11"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="6350" cy="13335"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="6350" cy="13335"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="12" name="Graphic 12"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="6357"/>
+                                  <a:ext cx="6350" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="6350">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="6105" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="12715">
+                                  <a:solidFill>
+                                    <a:srgbClr val="231F1F"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="75740500" id="Group 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:31.1pt;margin-top:15.35pt;width:.5pt;height:1.05pt;z-index:-251658240;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6350,13335" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDh/ZvabQIAAIYFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE2P2jAQvVfqf7B8LyFBQBURVtVSUKXV&#10;dqVl1bNxnA/Vsd2xIfDvO3YSYNntZXuxnj3j+Xjz7MXdsZHkIMDWWmU0Ho0pEYrrvFZlRl+26y9f&#10;KbGOqZxJrURGT8LSu+XnT4vWpCLRlZa5AIJBlE1bk9HKOZNGkeWVaJgdaSMUGgsNDXO4hTLKgbUY&#10;vZFRMh7PolZDbkBzYS2erjojXYb4RSG4+1kUVjgiM4q1ubBCWHd+jZYLlpbATFXzvgz2gSoaVitM&#10;eg61Yo6RPdRvQjU1B2114UZcN5EuipqL0AN2E49vutmA3pvQS5m2pTnThNTe8PThsPzxsAHzbJ6g&#10;qx7hg+a/LfIStaZMr+1+X16cjwU0/hI2QY6B0dOZUXF0hOPhbDJF1jka4slkMu3o5hXO5M0VXn3/&#10;96WIpV26UNS5iNagauyFGPt/xDxXzIjAt/WNPwGpc6w8oUSxBsW76XWCJ8iPT45enrt+Z3sa32UG&#10;qZh3/b9DTjIPUjy3yVK+t24jdGCYHR6s65SaD4hVA+JHNUBAvXuly6B0RwkqHShBpe+61IY5f8+P&#10;zUPS9iPyB40+iK0OJnczHazrYpXq2msWj6eUDJNHx86MwCdAFXUgJEV83ZZUPn+czONpeDtWyzpf&#10;11L6GiyUu3sJ5MCwn2QSr+O1bwFDvHIzYN2K2arzC6beTaogYZt2U/HT2un8hENtcYwZtX/2DAQl&#10;8odC2fi/YQAwgN0AwMl7HX6QQA/m3B5/MTDEp8+ow4k+6kE9LB3m5Xs/+/qbSn/bO13Ufpio5KGi&#10;foNKDig8dkSvfpPrffC6fJ/LvwAAAP//AwBQSwMEFAAGAAgAAAAhAJGPloDcAAAABwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMjk1Lw0AURfeC/2F4gjs7+cBY0kxKKeqqCLaCdDfNvCahmTchM03Sf+9z&#10;pcvDvdx7ivVsOzHi4FtHCuJFBAKpcqalWsHX4e1pCcIHTUZ3jlDBDT2sy/u7QufGTfSJ4z7UgkfI&#10;51pBE0KfS+mrBq32C9cjcXZ2g9WBcailGfTE47aTSRRl0uqW+KHRPW4brC77q1XwPulpk8av4+5y&#10;3t6Oh+eP712MSj0+zJsViIBz+CvDrz6rQ8lOJ3cl40WnIEsSbipIoxcQnGcp84k5WYIsC/nfv/wB&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4f2b2m0CAACGBQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAkY+WgNwAAAAHAQAADwAAAAAAAAAAAAAA&#10;AADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;">
+                      <v:shape id="Graphic 12" o:spid="_x0000_s1027" style="position:absolute;top:6357;width:6350;height:1270;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6350,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBc89xAvQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LCsIw&#10;EN0L3iGM4E5TBbVUo4giCK78LdwNzdgWm0lpoq23N4Lgbh7vO4tVa0rxotoVlhWMhhEI4tTqgjMF&#10;l/NuEINwHlljaZkUvMnBatntLDDRtuEjvU4+EyGEXYIKcu+rREqX5mTQDW1FHLi7rQ36AOtM6hqb&#10;EG5KOY6iqTRYcGjIsaJNTunj9DQK/Ayr2+Xh4iY+6M17P9nurtFWqX6vXc9BeGr9X/xz73WYP4bv&#10;L+EAufwAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXPPcQL0AAADbAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" path="m,l6105,e" filled="f" strokecolor="#231f1f" strokeweight=".35319mm">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:color w:val="231F1F"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="45"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235FA3" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="378" w:lineRule="exact"/>
+              <w:ind w:left="268"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:noProof/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32236026" wp14:editId="32236027">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>381002</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>194930</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="6350" cy="13335"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="13" name="Group 13"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="6350" cy="13335"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="6350" cy="13335"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="14" name="Graphic 14"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="6357"/>
+                                  <a:ext cx="6350" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="6350">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="6105" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="12715">
+                                  <a:solidFill>
+                                    <a:srgbClr val="231F1F"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="3822395F" id="Group 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:30pt;margin-top:15.35pt;width:.5pt;height:1.05pt;z-index:-251656192;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6350,13335" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQfmegbQIAAIYFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtuGjEQfa/Uf7D8XpaFAtWKJapCQZWi&#10;NFKo+my83ovqtd2xYeHvO/ZeICR9SV+sY894LmeOvbw71ZIcBdhKq5TGozElQnGdVapI6c/d5tMX&#10;SqxjKmNSK5HSs7D0bvXxw7IxiZjoUstMAMEgyiaNSWnpnEmiyPJS1MyOtBEKjbmGmjncQhFlwBqM&#10;XstoMh7Po0ZDZkBzYS2erlsjXYX4eS64+5HnVjgiU4q1ubBCWPd+jVZLlhTATFnxrgz2jipqVilM&#10;OoRaM8fIAapXoeqKg7Y6dyOu60jnecVF6AG7icc33WxBH0zopUiawgw0IbU3PL07LH88bsE8mydo&#10;q0f4oPlvi7xEjSmSa7vfFxfnUw61v4RNkFNg9DwwKk6OcDycT2fIOkdDPJ1OZy3dvMSZvLrCy2//&#10;vhSxpE0XihqKaAyqxl6Isf9HzHPJjAh8W9/4E5Aqw8o/U6JYjeLddjrBE+THJ0cvz123sx2NbzKD&#10;VCza/t8gZ7IIUhzaZAk/WLcVOjDMjg/WtUrNesTKHvGT6iGg3r3SZVC6owSVDpSg0vdtasOcv+fH&#10;5iFpuhH5g1ofxU4Hk7uZDtZ1sUp17TWPxzNK+smjY2tG4BOgiloQkiK+bksqnz+eLOJZeDtWyyrb&#10;VFL6GiwU+3sJ5Miwn8k03sQb3wKGeOFmwLo1s2XrF0ydm1RBwjZpp+KntdfZGYfa4BhTav8cGAhK&#10;5HeFsvF/Qw+gB/segJP3OvwggR7MuTv9YmCIT59ShxN91L16WNLPy/c++PqbSn89OJ1Xfpio5L6i&#10;boNKDig8dkQvfpPrffC6fJ+rvwAAAP//AwBQSwMEFAAGAAgAAAAhABvekoTdAAAABwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdTYuxpNmUUtRTEWwF6W2bnSah2dmQ3Sbpv3c8&#10;6fHjDe99k68n14oB+9B40pDMFAik0tuGKg1fh7enJYgQDVnTekINNwywLu7vcpNZP9InDvtYCS6h&#10;kBkNdYxdJmUoa3QmzHyHxNnZ985Exr6Stjcjl7tWzpVKpTMN8UJtOtzWWF72V6fhfTTjZpG8DrvL&#10;eXs7Hp4/vncJav34MG1WICJO8e8YfvVZHQp2Ovkr2SBaDaniV6KGhXoBwXmaMJ+Y50uQRS7/+xc/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFB+Z6BtAgAAhgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABvekoTdAAAABwEAAA8AAAAAAAAAAAAA&#10;AAAAxwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
+                      <v:shape id="Graphic 14" o:spid="_x0000_s1027" style="position:absolute;top:6357;width:6350;height:1270;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6350,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC8VuGvwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlCt5006I2RNcgkYDQU2166G3IjkkwOxuyW5P8+65Q8DaP9zn7dDStuFPvGssKXlcRCOLS&#10;6oYrBcVXvoxBOI+ssbVMCiZykB7msz0m2g78SfeLr0QIYZeggtr7LpHSlTUZdCvbEQfuanuDPsC+&#10;krrHIYSbVr5F0VYabDg01NhRVlN5u/waBf4du5/i5uIh/tDZdN6c8u/opNTiZTzuQHga/VP87z7r&#10;MH8Nj1/CAfLwBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALxW4a/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l6105,e" filled="f" strokecolor="#231f1f" strokeweight=".35319mm">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="39"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:color w:val="231F1F"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="45"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235FA4" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="378" w:lineRule="exact"/>
+              <w:ind w:left="268"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:noProof/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32236028" wp14:editId="32236029">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>381720</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>194930</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="12700" cy="13335"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="15" name="Group 15"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="12700" cy="13335"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="12700" cy="13335"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="16" name="Graphic 16"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="6357"/>
+                                  <a:ext cx="12700" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="12700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="12211" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="12715">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="5C0043A4" id="Group 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:30.05pt;margin-top:15.35pt;width:1pt;height:1.05pt;z-index:-251654144;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="12700,13335" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPsl/gaQIAAIsFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC817Js2CkEy0ERN0aB&#10;IA0QBz3TFLWgFMkOaUv++w6pxY4T9JDqIAw5w1nee+Tqtq0lOQqwlVYpjSdTSoTiOqtUkdKX3f2X&#10;r5RYx1TGpFYipSdh6e3686dVYxIx06WWmQCCSZRNGpPS0jmTRJHlpaiZnWgjFDpzDTVzuIQiyoA1&#10;mL2W0Ww6XUaNhsyA5sJa3N10TroO+fNccPczz61wRKYUe3PhD+G/9/9ovWJJAcyUFe/bYB/oomaV&#10;wqJjqg1zjBygepOqrjhoq3M34bqOdJ5XXIQZcJp4ejXNFvTBhFmKpCnMCBNCe4XTh9Pyx+MWzLN5&#10;gq57NB80/20Rl6gxRXLp9+viHNzmUPtDOARpA6KnEVHROsJxM57dTBF2jp54Pp8vOrx5iaS8OcPL&#10;7/84FbGkKxjaGttoDOrGnqGx/wfNc8mMCIhbP/oTkCrD1peUKFajfLe9UnAHEfLFMcqj169sD+S7&#10;2Czni5sOgPfgQaS8c5yTJfxg3VboADI7PliHblRYNlisHCzeqsEElLwXuwxid5Sg2IESFPu+q22Y&#10;8+d8Km+SZmDJ79T6KHY6+NwVQdjY2SvVZVQ8m8UxJQP9GNn50fAlwlBjWdy8HEyqvoN4ES6Q1bLK&#10;7ispfRMWiv2dBHJk/vqGr8foVZgB6zbMll1ccPVhUgUd26QjxhO219kJeW2QyZTaPwcGghL5Q6Fy&#10;/AMxGDAY+8EAJ+90eEYCPlhz1/5iYIgvn1KHpD7qQUAsGRjzIIyx/qTS3w5O55WnE8U8dNQvUMzB&#10;CjcerVdPyuU6RJ3f0PVfAAAA//8DAFBLAwQUAAYACAAAACEAhjTTr9wAAAAHAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyOwUrDQBRF94L/MDzBnZ1JirHETEop6qoItoK4m2Zek9DMm5CZJunf+1zp8nAv&#10;955iPbtOjDiE1pOGZKFAIFXetlRr+Dy8PqxAhGjIms4TarhigHV5e1OY3PqJPnDcx1rwCIXcaGhi&#10;7HMpQ9WgM2HheyTOTn5wJjIOtbSDmXjcdTJVKpPOtMQPjelx22B13l+chrfJTJtl8jLuzqft9fvw&#10;+P61S1Dr+7t58wwi4hz/yvCrz+pQstPRX8gG0WnIVMJNDUv1BILzLGU+MqcrkGUh//uXPwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPsl/gaQIAAIsFAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCGNNOv3AAAAAcBAAAPAAAAAAAAAAAAAAAAAMME&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;">
+                      <v:shape id="Graphic 16" o:spid="_x0000_s1027" style="position:absolute;top:6357;width:12700;height:1270;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="12700,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAUAFynvAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NCsIw&#10;DL4LvkOJ4M11KgyZVhFB8CLi1HtY4zZd07FWnW9vBcFbPr7fLFadqcWTWldZVjCOYhDEudUVFwrO&#10;p+1oBsJ5ZI21ZVLwJgerZb+3wFTbFx/pmflChBB2KSoovW9SKV1ekkEX2YY4cFfbGvQBtoXULb5C&#10;uKnlJI4TabDi0FBiQ5uS8nv2MApoGh+q3fpxMLeLSWabfVZc/Vup4aBbz0F46vxf/HPvdJifwPeX&#10;cIBcfgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAUAFynvAAAANsAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" path="m,l12211,e" filled="f" strokeweight=".35319mm">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="45"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="764" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235FA5" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="378" w:lineRule="exact"/>
+              <w:ind w:right="129"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:noProof/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3223602A" wp14:editId="3223602B">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>396026</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>194930</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="12700" cy="13335"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="17" name="Group 17"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="12700" cy="13335"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="12700" cy="13335"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="18" name="Graphic 18"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="6357"/>
+                                  <a:ext cx="12700" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="12700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="12211" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="12715">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="37E3F1EF" id="Group 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:31.2pt;margin-top:15.35pt;width:1pt;height:1.05pt;z-index:-251652096;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="12700,13335" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVLjsAaAIAAIsFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC817JsOCmEyEGRNEaB&#10;IA2QBD3TFLWgFIcd0pbz9x1Si50FPaQ6CEPOcJb3HnlxeWg12yt0DZicp7M5Z8pIKBpT5fzp8ebL&#10;V86cF6YQGozK+bNy/HL9+dNFZzO1gBp0oZBREuOyzua89t5mSeJkrVrhZmCVIWcJ2ApPS6ySAkVH&#10;2VudLObzs6QDLCyCVM7R7nXv5OuYvyyV9D/L0inPdM6pNx//GP/b8E/WFyKrUNi6kUMb4gNdtKIx&#10;VHRKdS28YDts3qRqG4ngoPQzCW0CZdlIFWegadL5q2k2CDsbZ6myrrITTATtK5w+nFbe7TdoH+w9&#10;9t2TeQvytyNcks5W2ak/rKtj8KHENhyiIdghIvo8IaoOnknaTBfnc4JdkiddLperHm9ZEylvzsj6&#10;+z9OJSLrC8a2pjY6S7pxR2jc/0HzUAurIuIujH6PrCmodRKxES3JdzMohXYIoVCcogJ6w8oNQL6L&#10;zdlydd4D8B48hFRwTnOKTO6c3yiIIIv9rfPkJoUVoyXq0ZIHM5pIkg9i11HsnjMSO3JGYt/2ta3w&#10;4VxIFUzWjSyFnRb26hGiz78iiBo7erU5jUoXizTlbKSfIns/GaFEHGoqS5ung2kzdJCu4gVyoJvi&#10;ptE6NOGw2l5pZHsRrm/8BoxehFl0/lq4uo+LriFMm6hjl/XEBMK2UDwTrx0xmXP3ZydQcaZ/GFJO&#10;eCBGA0djOxro9RXEZyTiQzUfD78EWhbK59wTqXcwCkhkI2MBhCk2nDTwbeehbAKdJOaxo2FBYo5W&#10;vPFkvXhSTtcx6viGrv8CAAD//wMAUEsDBBQABgAIAAAAIQBeEd9x3QAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI7BSsNAFEX3gv8wPMGdnSStscRMSinqqgi2QunuNfOahGZmQmaapH/vc6XLw73c&#10;e/LVZFoxUO8bZxXEswgE2dLpxlYKvvfvT0sQPqDV2DpLCm7kYVXc3+WYaTfaLxp2oRI8Yn2GCuoQ&#10;ukxKX9Zk0M9cR5azs+sNBsa+krrHkcdNK5MoSqXBxvJDjR1taiovu6tR8DHiuJ7Hb8P2ct7cjvvn&#10;z8M2JqUeH6b1K4hAU/grw68+q0PBTid3tdqLVkGaLLipYB69gOA8XTCfmJMlyCKX//2LHwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCVLjsAaAIAAIsFAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBeEd9x3QAAAAcBAAAPAAAAAAAAAAAAAAAAAMIE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;">
+                      <v:shape id="Graphic 18" o:spid="_x0000_s1027" style="position:absolute;top:6357;width:12700;height:1270;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="12700,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAK021OvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bq8JA&#10;DITvgv9hieBNtyqI9LmKCIIXEavvHrqxrXazpbtq/ffmIHhLmMnMl+W6c7V6UhsqzwYm4wQUce5t&#10;xYWBy3k3WoAKEdli7ZkMvCnAetXvLTG1/sUnemaxUBLCIUUDZYxNqnXIS3IYxr4hFu3qW4dR1rbQ&#10;tsWXhLtaT5Nkrh1WLA0lNrQtKb9nD2eAZsmx2m8eR3f7d/PF9pAV1/g2ZjjoNn+gInXxZ/5e763g&#10;C6z8IgPo1QcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAK021OvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,l12211,e" filled="f" strokeweight=".35319mm">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="45"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235FA6" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="378" w:lineRule="exact"/>
+              <w:ind w:left="291"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="61"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="25"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235FA7" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="87" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32235FA8" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="20" w:lineRule="exact"/>
+              <w:ind w:left="-26"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:noProof/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3223602C" wp14:editId="3223602D">
+                      <wp:extent cx="12700" cy="13335"/>
+                      <wp:effectExtent l="9525" t="0" r="0" b="5714"/>
+                      <wp:docPr id="19" name="Group 19"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="12700" cy="13335"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="12700" cy="13335"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="20" name="Graphic 20"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="6357"/>
+                                  <a:ext cx="12700" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="12700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="12211" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="12715">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="7BB371ED" id="Group 19" o:spid="_x0000_s1026" style="width:1pt;height:1.05pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="12700,13335" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXjexKaQIAAIsFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC817JkOCkEy0ERN0aB&#10;IA0QBz3TFLWgFMkOaUv5+w6pxY4T9JDqIAw5w1nee+TqpmskOQqwtVYZjWdzSoTiOq9VmdHn3d2X&#10;r5RYx1TOpFYioy/C0pv150+r1qQi0ZWWuQCCSZRNW5PRyjmTRpHllWiYnWkjFDoLDQ1zuIQyyoG1&#10;mL2RUTKfX0WthtyA5sJa3N30TroO+YtCcPezKKxwRGYUe3PhD+G/9/9ovWJpCcxUNR/aYB/oomG1&#10;wqJTqg1zjBygfpOqqTloqws347qJdFHUXIQZcJp4fjHNFvTBhFnKtC3NBBNCe4HTh9Pyh+MWzJN5&#10;hL57NO81/20Rl6g1ZXru9+vyFNwV0PhDOATpAqIvE6Kic4TjZpxczxF2jp54sVgse7x5haS8OcOr&#10;7/84FbG0LxjamtpoDerGnqCx/wfNU8WMCIhbP/ojkDrPaIIjKNagfLeDUnAHEfLFMcqjN6zsAOS7&#10;2Fwtltc9AO/Bg0h55zQnS/nBuq3QAWR2vLcO3aiwfLRYNVq8U6MJKHkvdhnE7ihBsQMlKPZ9X9sw&#10;58/5VN4k7ciS32n0Uex08LkLgrCxk1eq86g4SeKYkpF+jOz9aPgSYaipLG6eDybV0EG8DBfIalnn&#10;d7WUvgkL5f5WAjkyf33DN2D0KsyAdRtmqz4uuIYwqYKObdoT4wnb6/wFeW2RyYzaPwcGghL5Q6Fy&#10;/AMxGjAa+9EAJ291eEYCPlhz1/1iYIgvn1GHpD7oUUAsHRnzIEyx/qTS3w5OF7WnE8U8djQsUMzB&#10;CjcerVdPyvk6RJ3e0PVfAAAA//8DAFBLAwQUAAYACAAAACEApZ3LXdgAAAABAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBCF74L/YZmCN7tJRZE0m1KKeiqCrSDeptlpEpqdDdltkv57Ry/2MsPj&#10;DW++l68m16qB+tB4NpDOE1DEpbcNVwY+96/3z6BCRLbYeiYDFwqwKm5vcsysH/mDhl2slIRwyNBA&#10;HWOXaR3KmhyGue+IxTv63mEU2Vfa9jhKuGv1IkmetMOG5UONHW1qKk+7szPwNuK4fkhfhu3puLl8&#10;7x/fv7YpGXM3m9ZLUJGm+H8Mv/iCDoUwHfyZbVCtASkS/6Z4CxEHWSnoItfX5MUPAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAJeN7EppAgAAiwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKWdy13YAAAAAQEAAA8AAAAAAAAAAAAAAAAAwwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADIBQAAAAA=&#10;">
+                      <v:shape id="Graphic 20" o:spid="_x0000_s1027" style="position:absolute;top:6357;width:12700;height:1270;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="12700,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6yav1vAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+9CsIw&#10;EN4F3yGc4GZTFUSqaRFBcBGx6n40Z1ttLqWJWt/eDILjx/e/znrTiBd1rrasYBrFIIgLq2suFVzO&#10;u8kShPPIGhvLpOBDDrJ0OFhjou2bT/TKfSlCCLsEFVTet4mUrqjIoItsSxy4m+0M+gC7UuoO3yHc&#10;NHIWxwtpsObQUGFL24qKR/40CmgeH+v95nk096tZLLeHvLz5j1LjUb9ZgfDU+7/4595rBbOwPnwJ&#10;P0CmXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6yav1vAAAANsAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" path="m,l12211,e" filled="f" strokeweight=".35319mm">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <w10:anchorlock/>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235FA9" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="378" w:lineRule="exact"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="39"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="20"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235FAA" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="87" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32235FAB" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="20" w:lineRule="exact"/>
+              <w:ind w:left="-25"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:noProof/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3223602E" wp14:editId="3223602F">
+                      <wp:extent cx="12700" cy="13335"/>
+                      <wp:effectExtent l="9525" t="0" r="0" b="5714"/>
+                      <wp:docPr id="21" name="Group 21"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="12700" cy="13335"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="12700" cy="13335"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="22" name="Graphic 22"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="6357"/>
+                                  <a:ext cx="12700" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="12700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="12211" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="12715">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="27CE2691" id="Group 21" o:spid="_x0000_s1026" style="width:1pt;height:1.05pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="12700,13335" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJ0vtqaQIAAIsFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC817JkOCkEy0ERN0aB&#10;IA0QBz3TFLWgFMkOaUv5+w6pxY4T9JDqIAw5w1nee+TqpmskOQqwtVYZjWdzSoTiOq9VmdHn3d2X&#10;r5RYx1TOpFYioy/C0pv150+r1qQi0ZWWuQCCSZRNW5PRyjmTRpHllWiYnWkjFDoLDQ1zuIQyyoG1&#10;mL2RUTKfX0WthtyA5sJa3N30TroO+YtCcPezKKxwRGYUe3PhD+G/9/9ovWJpCcxUNR/aYB/oomG1&#10;wqJTqg1zjBygfpOqqTloqws347qJdFHUXIQZcJp4fjHNFvTBhFnKtC3NBBNCe4HTh9Pyh+MWzJN5&#10;hL57NO81/20Rl6g1ZXru9+vyFNwV0PhDOATpAqIvE6Kic4TjZpxczxF2jp54sVgse7x5haS8OcOr&#10;7/84FbG0LxjamtpoDerGnqCx/wfNU8WMCIhbP/ojkDrPaJJQoliD8t0OSsEdRMgXxyiP3rCyA5Dv&#10;YnO1WF73ALwHDyLlndOcLOUH67ZCB5DZ8d46dKPC8tFi1WjxTo0moOS92GUQu6MExQ6UoNj3fW3D&#10;nD/nU3mTtCNLfqfRR7HTwecuCMLGTl6pzqPiJIljSkb6MbL3o+FLhKGmsrh5PphUQwfxMlwgq2Wd&#10;39VS+iYslPtbCeTI/PUN34DRqzAD1m2Yrfq44BrCpAo6tmlPjCdsr/MX5LVFJjNq/xwYCErkD4XK&#10;8Q/EaMBo7EcDnLzV4RkJ+GDNXfeLgSG+fEYdkvqgRwGxdGTMgzDF+pNKfzs4XdSeThTz2NGwQDEH&#10;K9x4tF49KefrEHV6Q9d/AQAA//8DAFBLAwQUAAYACAAAACEApZ3LXdgAAAABAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBCF74L/YZmCN7tJRZE0m1KKeiqCrSDeptlpEpqdDdltkv57Ry/2MsPj&#10;DW++l68m16qB+tB4NpDOE1DEpbcNVwY+96/3z6BCRLbYeiYDFwqwKm5vcsysH/mDhl2slIRwyNBA&#10;HWOXaR3KmhyGue+IxTv63mEU2Vfa9jhKuGv1IkmetMOG5UONHW1qKk+7szPwNuK4fkhfhu3puLl8&#10;7x/fv7YpGXM3m9ZLUJGm+H8Mv/iCDoUwHfyZbVCtASkS/6Z4CxEHWSnoItfX5MUPAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAMnS+2ppAgAAiwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKWdy13YAAAAAQEAAA8AAAAAAAAAAAAAAAAAwwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADIBQAAAAA=&#10;">
+                      <v:shape id="Graphic 22" o:spid="_x0000_s1027" style="position:absolute;top:6357;width:12700;height:1270;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="12700,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQClV5AZvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BCsIw&#10;EETvgv8QVvBmUyuIVKOIIHgRsep9ada22mxKE7X+vREEj8PMvGEWq87U4kmtqywrGEcxCOLc6ooL&#10;BefTdjQD4TyyxtoyKXiTg9Wy31tgqu2Lj/TMfCEChF2KCkrvm1RKl5dk0EW2IQ7e1bYGfZBtIXWL&#10;rwA3tUzieCoNVhwWSmxoU1J+zx5GAU3iQ7VbPw7mdjHT2WafFVf/Vmo46NZzEJ46/w//2jutIEng&#10;+yX8ALn8AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKVXkBm+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m,l12211,e" filled="f" strokeweight=".35319mm">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <w10:anchorlock/>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32235FAC" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="378" w:lineRule="exact"/>
+              <w:ind w:left="4" w:right="-29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="39"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2429C">
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="15"/>
+                <w:position w:val="-6"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="32235FAE" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="174"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FAF" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1168"/>
+        </w:tabs>
+        <w:ind w:left="1168" w:hanging="899"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FCEA128" wp14:editId="25093B4C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251652096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32236030" wp14:editId="32236031">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="margin">
-                  <wp:align>left</wp:align>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5893046</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>15875</wp:posOffset>
+                  <wp:posOffset>-313927</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4152900" cy="1270"/>
+                <wp:extent cx="12700" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:wrapTopAndBottom/>
-                <wp:docPr id="1822236357" name="Freeform: Shape 3"/>
+                <wp:wrapNone/>
+                <wp:docPr id="23" name="Graphic 23"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4152900" cy="1270"/>
+                          <a:ext cx="12700" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
-                          <a:gdLst>
-[...4 lines deleted...]
-                          </a:gdLst>
+                          <a:gdLst/>
                           <a:ahLst/>
-                          <a:cxnLst>
-[...7 lines deleted...]
-                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="6540">
+                            <a:path w="12700">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="6540" y="0"/>
+                                <a:pt x="12211" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
-                        <a:noFill/>
-                        <a:ln w="3175">
+                        <a:ln w="12715">
                           <a:solidFill>
-                            <a:srgbClr val="C7C8CA"/>
+                            <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
-                          <a:round/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...7 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4C0064DF" id="Freeform: Shape 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:1.25pt;width:327pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="6540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAemZLNrQIAAL8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8EcTysnbdoqXT1DGE&#10;NBjSyg9wHaeJcHzGdpuOX8/ZTrpQ4Avii2X7zs8999z5rm8OnSR7YWwLqqTZWUqJUByqVm1L+nV9&#10;/+6SEuuYqpgEJUr6LCy9Wb5+dd3rQuTQgKyEIQiibNHrkjbO6SJJLG9Ex+wZaKHQWIPpmMOj2SaV&#10;YT2idzLJ0/Qi6cFU2gAX1uLtXTTSZcCva8HdY11b4YgsKXJzYTVh3fg1WV6zYmuYblo+0GD/wKJj&#10;rcKgR6g75hjZmfY3qK7lBizU7oxDl0Bdt1yEHDCbLD3J5qlhWoRcUByrjzLZ/wfLP++f9BfjqVv9&#10;APybRUWSXtviaPEHiz5k03+CCmvIdg5CsofadP4lpkEOQdPno6bi4AjHy1k2z69SlJ6jLcsXQfKE&#10;FeNbvrPug4CAw/YP1sWKVLgLelZEsQ6DrhGi7iQW5+07kpIsv4jLUMGjWza6vUnIOiU9uZjPxjIf&#10;nfLRKWAtLtM/Y52Pbh4rn2Ah/+3IkDUjaX5QA2vcEeZ/QBp00mC9PmvkNgqECOjkM/yLL8Y+9Y1v&#10;hhAGW/u0qQ0l2NSbKIlmzjPzIfyW9CUNUviLDvZiDcHkTiqHQV6sUk29wvMpq2jGFz4Atk3chKCe&#10;66SyCu5bKUNppfJUzrPFPGhjQbaVN3o21mw3K2nInuF3XS1Wl6tbnwyC/eKmjXV3zDbRL5hizgZ2&#10;qgpRGsGq98PesVbGPQJJFD30t29pPyZssYHqGdvbQJwOOM3cIy61BCTKZaspacD8OL3zfvgR0UJJ&#10;jxOkpPb7jhlBifyo8IteZTPsPOLCYTZf5HgwU8tmamGKI1RJHcXO8duVi2Nqp027bTBSFvRScIvf&#10;r279Pwl5RPbDAadEkGuYaH4MTc/B62XuLn8CAAD//wMAUEsDBBQABgAIAAAAIQDmItZ62gAAAAQB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqENFQhuyqRCivbUShUtvbrwkUeJ1&#10;FLtt4OtZTnB8mtXM22I1uV6daQytZ4T7WQKKuPK25Rrh4319twAVomFres+E8EUBVuX1VWFy6y/8&#10;Rud9rJWUcMgNQhPjkGsdqoacCTM/EEv26UdnouBYazuai5S7Xs+TJNPOtCwLjRnopaGq258cwtTt&#10;6vTQbXZLt3zdrrMQN/57i3h7Mz0/gYo0xb9j+NUXdSjF6ehPbIPqEeSRiDBPQUmYpQ/CR+FH0GWh&#10;/8uXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAemZLNrQIAAL8FAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDmItZ62gAAAAQBAAAPAAAAAAAA&#10;AAAAAAAAAAcFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAADgYAAAAA&#10;" path="m,l6540,e" filled="f" strokecolor="#c7c8ca" strokeweight=".25pt">
-[...1 lines deleted...]
-                <w10:wrap type="topAndBottom" anchorx="margin"/>
+              <v:shape w14:anchorId="1BE71D52" id="Graphic 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:464pt;margin-top:-24.7pt;width:1pt;height:.1pt;z-index:251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="12700,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA80zvmCgIAAFYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0XxwH2AeMOMXQoMOA&#10;oivQDjsrshwbk0WNVGLn34+SP5p1t2E+CJRIkY/vUd7eDJ0VZ4PUgitlvlpLYZyGqnXHUn5/vnv3&#10;SQoKylXKgjOlvBiSN7u3b7a9L8wGGrCVQcFJHBW9L2UTgi+yjHRjOkUr8MaxswbsVOAtHrMKVc/Z&#10;O5tt1usPWQ9YeQRtiPh0PzrlLuWva6PDt7omE4QtJWMLacW0HuKa7baqOKLyTasnGOofUHSqdVx0&#10;SbVXQYkTtn+l6lqNQFCHlYYug7putUk9cDf5+lU3T43yJvXC5JBfaKL/l1Y/nJ/8I0bo5O9B/yRm&#10;JOs9FYsnbmiKGWrsYiwDF0Ni8bKwaIYgNB/mm49rplqzJ5qR4kwV8019ovDFQMqizvcURgWq2VLN&#10;bOnBzSayjlFBmxQMUrCCKAUreBgV9CrEexFaNEU/w4gnHZzNMyRfeIWagb14rbuOyjebPJdi7o8j&#10;Rz8bsURqainLh9eNWTchyN+nqSCwbXXXWhtBEB4PtxbFWcWZTN/E0R9hHinsFTVjXHJNYdZNEo2q&#10;RH0OUF0eUfQ8yKWkXyeFRgr71fGkxKmfDZyNw2xgsLeQ3kbih2s+Dz8UehHLlzKwqA8wz6EqZsUi&#10;CUtsvOng8ylA3UY50/iMiKYND2/ia3po8XVc71PUy+9g9xsAAP//AwBQSwMEFAAGAAgAAAAhACDb&#10;1GnfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxam7SqkhCnqiohcUEV&#10;Ae5uvE0C8TqKnTb9exYucNzZ0cybYju7XpxxDJ0nDQ9LBQKp9rajRsP729MiBRGiIWt6T6jhigG2&#10;5e1NYXLrL/SK5yo2gkMo5EZDG+OQSxnqFp0JSz8g8e/kR2cin2Mj7WguHO56mSi1kc50xA2tGXDf&#10;Yv1VTU4DrtShe95NB/f54Tbp/qVqTvGq9f3dvHsEEXGOf2b4wWd0KJnp6CeyQfQasiTlLVHDYp2t&#10;QbAjWylWjr9KArIs5P8N5TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPNM75goCAABW&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAINvUad8A&#10;AAALAQAADwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" path="m,l12211,e" filled="f" strokeweight=".35319mm">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Models: A6370</w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Finishes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="785C3B70" w14:textId="77777777" w:rsidR="003E6C8F" w:rsidRDefault="003E6C8F" w:rsidP="003E6C8F">
+    <w:p w14:paraId="32235FB0" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:spacing w:before="18"/>
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1342"/>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:before="9" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1349" w:right="426" w:hanging="354"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Suggested Specifications | Section 08 90 00</w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>General:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Comply</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>NAAMM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>"Metal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Finishes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Manual"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>finish</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>designations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>application recommendations,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>except as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>otherwise indicated.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Factory assembled</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>prior to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>factory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">applied finish. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Protect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>finishes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>exposed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>surfaces</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>prior</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>shipment.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Remove</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>scratches</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>blemishes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exposed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>surfaces</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>visible</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>after</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>completing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>finishing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>process.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>color</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>or,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>not otherwise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>indicated,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>selected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>architect.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056134F9" w14:textId="77777777" w:rsidR="003E6C8F" w:rsidRDefault="003E6C8F" w:rsidP="003E6C8F">
+    <w:p w14:paraId="32235FB1" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1348"/>
+        </w:tabs>
+        <w:spacing w:before="6" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1348" w:right="454" w:hanging="358"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>100%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Fluoropolymer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Resin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Powder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Coat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>System</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>complying</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>AAMA-2605-5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>standards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>gloss</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>color</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>retention.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Finish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>thickness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>1.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>3.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>mils.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FB2" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2430"/>
+        </w:tabs>
+        <w:spacing w:before="2"/>
+        <w:ind w:hanging="361"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Finish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>allow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>zero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>VOCs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>emitted into</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>facility</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>job</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>site.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FB3" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2430"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:hanging="358"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Finish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>adhere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>4H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Hardness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>rating.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FB4" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2430"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:hanging="361"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Furnish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>manufacturers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>twenty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>(20)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>warranty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>finish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>gloss</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>color</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>retention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FB5" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:tabs>
-[...7 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50975817" w14:textId="77777777" w:rsidR="003E6C8F" w:rsidRDefault="003E6C8F" w:rsidP="003E6C8F">
+    <w:p w14:paraId="32235FB6" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="773" w:right="750"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FB7" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="180"/>
-          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1350"/>
+          <w:tab w:val="left" w:pos="1354"/>
         </w:tabs>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:before="8" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="724" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B70DD1">
-[...19 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Wood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Grain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Powder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Coat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Finish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>durable,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>superior</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>scratch</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>fade</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>resistance.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Available</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>wood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>grain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>patterns</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>textured</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>finish.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="472DC962" w14:textId="51554DD2" w:rsidR="001931AF" w:rsidRPr="003E6C8F" w:rsidRDefault="00155D81" w:rsidP="003E6C8F">
+    <w:p w14:paraId="32235FB8" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FB9" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="180"/>
-          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="2121"/>
         </w:tabs>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:ind w:right="345" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E6C8F">
-[...15 lines deleted...]
-        <w:t>1.01 Summary</w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Pretreatment:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>E-CLPS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Chrome</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Free</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>five</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>stage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>pretreatment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>system.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Complies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>AAMA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>2603 AAMA 2604</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>and AAMA 2605 Superior Performance Standard and meets</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>EPA,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OSHA, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Local</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>environmental requirements and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>contains no</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>chromates,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>cyanides,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">other </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>heavy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>metals.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Waste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>treatment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>usually</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>simple</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>pH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>neutralization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>disposal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sanitary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>sewer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42938D9E" w14:textId="4F518F3A" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00A07383">
+    <w:p w14:paraId="32235FBA" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
       <w:pPr>
-        <w:widowControl/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="14"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FBB" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2122"/>
+          <w:tab w:val="left" w:pos="2125"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2122" w:right="385" w:hanging="359"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Bonded</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Sublimated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Film Finishes:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Wood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>finish</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>polyurethane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>powder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>coat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ink-based </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t>wood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t>grain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t>patterns</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t>sublimated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t>into</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t>base</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t>powder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t>effectively</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t>tattooing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t>powder.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>combined</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>effect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>creates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>aesthetic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>aspects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>real</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>wood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>while</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>offering</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>same environmental advantages of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>powder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>coated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F1F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>finishes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FBC" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FBD" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2123"/>
+        </w:tabs>
+        <w:ind w:left="2123" w:hanging="369"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>Furnish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>manufacturers ten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>(10)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>warranty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>finish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>gloss</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>color</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>retention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FBE" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="14"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FBF" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:right="657"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>OR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FC0" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="202"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FC1" w14:textId="47BE7112" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="00845C21">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="990"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B. Three</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1A53" w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1A53" w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coat</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1A53" w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1A53" w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fluorocarbon</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1A53" w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1A53" w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coating</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FC2" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="left" w:pos="2070"/>
+          <w:tab w:val="left" w:pos="2072"/>
         </w:tabs>
-        <w:autoSpaceDE/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+        <w:spacing w:before="9" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="568" w:hanging="362"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and attachment brackets as shown on the drawings, as specified, and as needed for a complete and proper installation. </w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Louvers to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>finished</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>with a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>1.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>mil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>(0.035mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>full strength</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>70%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>resin,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 coat </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Fluoropolymer system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31ACB825" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00A07383">
+    <w:p w14:paraId="32235FC3" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:widowControl/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="left" w:pos="2065"/>
+          <w:tab w:val="left" w:pos="2078"/>
         </w:tabs>
-        <w:autoSpaceDE/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+        <w:spacing w:before="2" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2065" w:right="433" w:hanging="355"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">The louvers to be furnished include the following: </w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>thoroughly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>cleaned,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>etched,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>given</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>chromated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>conversion pre-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>treatment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>before application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>the Kynar/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Hylar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>coating.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>coating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>shall consist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>primer,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>a high</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>metallic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>color</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>coat and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>a clear PVF2 topcoat.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>It</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>receive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>bake cycle of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17 minutes at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>450°F.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>finishing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>procedures</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>continuous</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>operation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>plant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the manufacturer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2143CD" w14:textId="0D2AE104" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="006979F7" w:rsidP="00A07383">
+    <w:p w14:paraId="32235FC5" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:widowControl/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="23"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2066"/>
+          <w:tab w:val="left" w:pos="2072"/>
         </w:tabs>
-        <w:autoSpaceDE/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+        <w:spacing w:before="92" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2072" w:right="257" w:hanging="365"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">louvers. </w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>furnish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>extended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>limited</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>warranty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Kynar/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Hylar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>coating.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">limited </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>warranty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>begin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>shipment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7932D993" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00A07383">
+    <w:p w14:paraId="32235FC6" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
       <w:pPr>
-        <w:widowControl/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FC7" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="5284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FC8" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FC9" w14:textId="7E442D70" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="00845C21">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="990"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B. Two</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1A53" w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1A53" w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coat</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1A53" w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1A53" w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fluorocarbon</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1A53" w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1A53" w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coating</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FCA" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="left" w:pos="2070"/>
+          <w:tab w:val="left" w:pos="2072"/>
         </w:tabs>
-        <w:autoSpaceDE/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+        <w:spacing w:before="8" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="568" w:hanging="362"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Related sections include: </w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Louvers to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>finished</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>with a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>1.0 mil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>(0.025mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>full strength</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>70%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>resin, 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">coat </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Fluoropolymer system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED1CEE5" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00A07383">
+    <w:p w14:paraId="32235FCB" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:widowControl/>
-[...39 lines deleted...]
-        <w:widowControl/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:autoSpaceDE/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2069"/>
+          <w:tab w:val="left" w:pos="2078"/>
+        </w:tabs>
+        <w:spacing w:before="3" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2069" w:right="486" w:hanging="359"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Air Movement and Control Association International, Inc. </w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>thoroughly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>cleaned,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>etched,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>given</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>chromated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>conversion pre-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>treatment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>before application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>MICA II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>coating.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>coating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>shall consist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>a primer and a pearlescent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>pigmented</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>PFV2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>topcoat.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>It</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>receive a bake</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>cycle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>minutes at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">450°F. All </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>finishing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>procedures</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>shall be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>continuous</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>operation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>plant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>manufacturer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70D34D85" w14:textId="263E3539" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00A07383">
+    <w:p w14:paraId="32235FCC" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:widowControl/>
-[...55 lines deleted...]
-        <w:widowControl/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:autoSpaceDE/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2066"/>
+          <w:tab w:val="left" w:pos="2072"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2072" w:right="257" w:hanging="365"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">The Aluminum Association Incorporated </w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>furnish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>extended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>limited</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>warranty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Kynar/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Hylar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>coating.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">limited </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>warranty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>begin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>shipment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66412731" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00A07383">
+    <w:p w14:paraId="32235FCD" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
       <w:pPr>
-        <w:widowControl/>
-[...378 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3072A5CF" w14:textId="6DAB23F9" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="001931AF">
+    <w:p w14:paraId="32235FCE" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:pStyle w:val="H4"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="5284"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Submittals</w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C29EF7C" w14:textId="77777777" w:rsidR="00632C3F" w:rsidRPr="00E530C8" w:rsidRDefault="00632C3F" w:rsidP="00A07383">
+    <w:p w14:paraId="32235FCF" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
       <w:pPr>
-        <w:pStyle w:val="PlainText"/>
-[...251 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D92AE36" w14:textId="77777777" w:rsidR="00632C3F" w:rsidRPr="00BF4E53" w:rsidRDefault="00632C3F" w:rsidP="00632C3F">
+    <w:p w14:paraId="32235FD0" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:tabs>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="990"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF4E53">
-[...3 lines deleted...]
-        <w:t>OR</w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-25"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Clear</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anodize</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F3225BC" w14:textId="77777777" w:rsidR="00632C3F" w:rsidRPr="00BF4E53" w:rsidRDefault="00632C3F" w:rsidP="00632C3F">
+    <w:p w14:paraId="32235FD1" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:tabs>
-[...1024 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:overflowPunct/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2069"/>
+          <w:tab w:val="left" w:pos="2072"/>
+        </w:tabs>
+        <w:spacing w:before="9" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="437" w:hanging="361"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...5 lines deleted...]
-        <w:t>Aluminum Extrusions: ASTM B211, Alloy 6063-T5, 6063-T6 or 6061-T6.</w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Louvers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>given</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>one-hour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>215R1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Architectural</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Class</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>anodic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>coating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>0.7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>mil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(0.018mm) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>thickness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>(Aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Association</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>designation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>AA-C22A41).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A03FBE8" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="32235FD2" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:pStyle w:val="PlainText"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:overflowPunct/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2057"/>
+        </w:tabs>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="2057" w:hanging="346"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...5 lines deleted...]
-        <w:t>Aluminum Sheet: ASTM B3209, Alloy 1100, 3003 or 5005.</w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>thickness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>coating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>tested</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>8244-68.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E3C9E5" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
-[...1748 lines deleted...]
-    <w:p w14:paraId="6D5CF956" w14:textId="3F61EE54" w:rsidR="00E57FB8" w:rsidRPr="00E57FB8" w:rsidRDefault="00E57FB8" w:rsidP="00E57FB8">
+    <w:p w14:paraId="32235FD3" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="540"/>
-[...9 lines deleted...]
-          <w:tab w:val="center" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="2056"/>
         </w:tabs>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="2056" w:hanging="348"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk79436078"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> standard wood grain patterns with textured finish.</w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>coating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>sealed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>pass</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>8136-77</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Modified</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Dye</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Stain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Test.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D63B39" w14:textId="77777777" w:rsidR="00E57FB8" w:rsidRPr="00132C6A" w:rsidRDefault="00E57FB8" w:rsidP="00E57FB8">
+    <w:p w14:paraId="32235FD4" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
       <w:pPr>
-        <w:tabs>
-[...15 lines deleted...]
-          <w:highlight w:val="yellow"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FAAD19A" w14:textId="6C4E5852" w:rsidR="00E57FB8" w:rsidRPr="003A5214" w:rsidRDefault="00E57FB8" w:rsidP="00E57FB8">
+    <w:p w14:paraId="32235FD5" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:widowControl/>
-[...11 lines deleted...]
-          <w:color w:val="231F20"/>
+        <w:ind w:left="5284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk79411396"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> or other heavy metals. Waste treatment is usually a simple pH neutralization and disposal to the sanitary sewer.</w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2737B6E5" w14:textId="77777777" w:rsidR="00E57FB8" w:rsidRPr="003A5214" w:rsidRDefault="00E57FB8" w:rsidP="00E57FB8">
+    <w:p w14:paraId="32235FD6" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:widowControl/>
-[...7 lines deleted...]
-          <w:color w:val="231F20"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F7040A4" w14:textId="0D5244AE" w:rsidR="00E57FB8" w:rsidRPr="003A5214" w:rsidRDefault="00E57FB8" w:rsidP="00E57FB8">
+    <w:p w14:paraId="32235FD7" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="990"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bronze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anodic</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FD8" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl/>
-[...786 lines deleted...]
-        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="540"/>
-[...8 lines deleted...]
-          <w:tab w:val="center" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="2073"/>
         </w:tabs>
-        <w:autoSpaceDE/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+        <w:spacing w:before="9" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="1168" w:hanging="365"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        <w:t>Unless otherwise indicated, all louvers to be furnished with mill finish bird or insect screens.</w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Louvers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>given</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Bronze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Anodic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Architectural</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Class</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>coating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>of0.7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>mil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(0.018mm) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>thickness;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>weight</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>mg.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>sq.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>in.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4169DD5E" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="32235FD9" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:pStyle w:val="PlainText"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:overflowPunct/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2057"/>
+        </w:tabs>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="2057" w:hanging="346"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...5 lines deleted...]
-        <w:t>Screens to be 5/8” (15.9mm) mesh, 0.050” (1.27mm) thick expanded and flattened aluminum bird screen secured within 0.055” (1.40mm) thick extruded aluminum frames. Frames to have mitered corners and corner locks.</w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>thickness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>coating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>tested</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>8244-68.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155E261C" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="32235FDA" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="540"/>
-[...9 lines deleted...]
-          <w:tab w:val="center" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="2056"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="2056" w:hanging="348"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>coating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>sealed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>pass</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>8136-77</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Modified</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Dye</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Stain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FDB" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57E8B42C" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="32235FDC" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:tabs>
-[...1620 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:overflowPunct/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1221"/>
+        </w:tabs>
+        <w:spacing w:line="241" w:lineRule="exact"/>
+        <w:ind w:left="1221" w:hanging="952"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...5 lines deleted...]
-        <w:t>Touch up minor abrasions in finishes with a compatible air-dried coating that matches the color and gloss of the factory applied coating.</w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bird</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Screens</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1D0A27" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="32235FDD" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1309"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+        <w:ind w:left="1309" w:hanging="313"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Unless</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>otherwise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>indicated,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>louvers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>to be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>furnished</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>mill</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>finish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>bird</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>insect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FDE" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1348"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1348" w:right="318" w:hanging="358"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Screens</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>5/8"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>(15.9mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>mesh,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>0.050"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>(1.27mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>expanded</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>flattened</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>bird</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">screen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>secured</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>0.055"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>(1.40mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>extruded</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>frames.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Frames</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>mitered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>corners</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>corner locks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FDF" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E1B4B8A" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="32235FE0" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="5183"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...3 lines deleted...]
-        <w:t>End of Section</w:t>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282DD104" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="32235FE1" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
       <w:pPr>
-        <w:pStyle w:val="PlainText"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="16"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00B83EE1" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="32235FE2" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
       <w:pPr>
-        <w:pStyle w:val="PlainText"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1347"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1348" w:right="639" w:hanging="358"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Screens</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mesh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0,011"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(0.279mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>diameter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>insect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>screens</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>secured</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0.055"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(1.40mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>extruded</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>frames.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Frames to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>have mitered corners</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>locks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FE3" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="985"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FE4" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidSect="00C90F1C">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+    <w:p w14:paraId="32235FE5" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1221"/>
+        </w:tabs>
+        <w:ind w:left="1221" w:hanging="952"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Blank</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Offs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FE6" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FE7" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1374"/>
+          <w:tab w:val="left" w:pos="1376"/>
+        </w:tabs>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:right="348" w:hanging="352"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Furnish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>specified</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>where</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>drawings.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Blank-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>off</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>systems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>fabricated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>installed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>louver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>louver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FE8" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001656F2" w:rsidRPr="00B2429C">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1740" w:right="720" w:bottom="1360" w:left="720" w:header="683" w:footer="1167" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FE9" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1375"/>
+          <w:tab w:val="left" w:pos="1378"/>
+        </w:tabs>
+        <w:spacing w:before="92" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1378" w:right="610" w:hanging="359"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Custom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>fabricated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Blank-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>off</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>panels'</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>factory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>sealed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>quality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>tested.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Includes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>independent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>0.50" aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>sheet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>forming</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>primary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>seal,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>adhered with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>butyl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>tape</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">whose </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>perimeter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>fully</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>sealed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>tooled</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>weather</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>silicone.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>insulated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>blank-off</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>panels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>be fastened</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>independently</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>rear</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>side</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>louver,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>through</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>dry</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>zones</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>framing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>penetrating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>part</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>primary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>sealing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>sheet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FEA" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FEB" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1379" w:right="759"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bird/insect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>screen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>installed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>directly</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>back</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>louver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>frame</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>between</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>louver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Blank- off</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FEC" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FED" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1447"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Includes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in-house</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>quality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>control</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>testing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FEE" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FEF" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="25"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FF0" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1370"/>
+          <w:tab w:val="left" w:pos="1377"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1377" w:right="545" w:hanging="363"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>0.050"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>(1.27mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>sheet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>blank-off</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>(uninsulated)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>panels,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>model</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>SO.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>Panels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finished </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>black</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Kynar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>500</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>mil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>(0.025mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>full</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>strength</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>70%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>resin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fluoropolymer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>coating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>unless</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>otherwise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>specified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FF1" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FF2" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="15"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FF3" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1375"/>
+        </w:tabs>
+        <w:ind w:left="1375" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>1"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>(25.4mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>insulated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>blank-off</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>panels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>model</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>180-1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>S,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>fabricated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>hydrophobic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>fire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>rated</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FF4" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6208"/>
+        </w:tabs>
+        <w:spacing w:before="21" w:line="104" w:lineRule="exact"/>
+        <w:ind w:left="5832"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FF5" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="207" w:lineRule="exact"/>
+        <w:ind w:left="1381"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mineral</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wool</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>core</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>having</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R-value</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F*ft</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>*h/Btu),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>faced</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>both</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sides</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0.032"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(0.81</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FF6" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="8" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1377" w:right="413" w:firstLine="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheet.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perimeter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>frame</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0.080"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(2.03</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thick-formed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aluminum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>channels.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>frame</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mitered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corners.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Panels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>finished</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>black</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kynar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">500 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(0.025mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>full</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>strength</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>70%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>resin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fluoropolymer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>coating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>unless</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otherwise specified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FF7" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="13"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FF8" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="773"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FF9" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="1379"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(50.8mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>insulated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>blank-off panels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>model</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>18O-2S,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fabricated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hydrophobic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rated</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FFA" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6208"/>
+        </w:tabs>
+        <w:spacing w:before="16" w:line="104" w:lineRule="exact"/>
+        <w:ind w:left="5832"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FFB" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="207" w:lineRule="exact"/>
+        <w:ind w:left="1381"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mineral</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wool</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>core</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>having</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R-value</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F*ft</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>*h/Btu),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>faced</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>both</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sides</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0.032"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(0.81</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FFC" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="8" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1377" w:right="413" w:firstLine="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheet.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perimeter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>frame</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0.080"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(2.03mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thick-formed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aluminum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>channels.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>frame</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mitered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corners.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Panels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>finished</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>black</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kynar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">500 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(0.025mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>full</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>strength</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>70%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>resin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fluoropolymer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>coating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>unless</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otherwise specified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FFD" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="13"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32235FFE" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="773"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32235FFF" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="16"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32236000" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1376"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(76.2mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>insulated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>blank-off panels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>model</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>18O-3S,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fabricated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hydrophobic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rated</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236001" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6208"/>
+        </w:tabs>
+        <w:spacing w:before="16" w:line="104" w:lineRule="exact"/>
+        <w:ind w:left="5832"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236002" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="207" w:lineRule="exact"/>
+        <w:ind w:left="1381"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mineral</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wool</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>core</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>having</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R-value</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F*ft</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>*h/Btu),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>faced</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>both</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sides</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0.032"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(0.81</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236003" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="9" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1377" w:right="413" w:firstLine="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheet.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perimeter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>frame</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0.080"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(2.03mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thick-formed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aluminum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>channels.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>frame</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mitered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corners.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Panels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>finished</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>black</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kynar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">500 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(0.025mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>full</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>strength</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>70%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>resin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fluoropolymer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>coating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>unless</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otherwise specified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236004" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32236005" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32236006" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PART</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>EXECUTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236007" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32236008" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="271"/>
+          <w:tab w:val="left" w:pos="698"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="501" w:hanging="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Examination: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Examine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>openings</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>receive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>work.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>proceed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>until</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>unsatisfactory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>been corrected.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236009" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="16"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3223600A" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="699"/>
+        </w:tabs>
+        <w:ind w:left="699" w:hanging="432"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Installation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3223600B" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1343"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="1343" w:hanging="347"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Comply</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>manufacture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>r's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>instructions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>recommendations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>installation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3223600C" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001656F2" w:rsidRPr="00B2429C">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1740" w:right="720" w:bottom="1360" w:left="720" w:header="683" w:footer="1167" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3223600D" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1341"/>
+          <w:tab w:val="left" w:pos="1351"/>
+        </w:tabs>
+        <w:spacing w:before="92" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1351" w:right="578" w:hanging="361"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Verify</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>dimensions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>supporting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>structure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>site</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>accurate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>field</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>measurements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>so</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">work </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>accurately</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>designed,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>fabricated,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>fitted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>structure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3223600E" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1357"/>
+        </w:tabs>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="1357" w:hanging="372"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Anchor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>louvers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>building</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>substructure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>architectural</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>drawings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3223600F" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1348"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="1348" w:hanging="359"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Erection</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Tolerances:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236010" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2066"/>
+          <w:tab w:val="left" w:pos="2069"/>
+        </w:tabs>
+        <w:spacing w:before="9" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="467" w:hanging="361"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Maximum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>variation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>plane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>location</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>shown</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>approved</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>shop</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>drawings:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>1/8"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>feet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>length,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>exceeding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>1/2"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>total</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>building length</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>portion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>thereof</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>(non-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>cumulative).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236011" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2066"/>
+          <w:tab w:val="left" w:pos="2070"/>
+        </w:tabs>
+        <w:spacing w:before="3" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2070" w:right="418" w:hanging="359"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Maximum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>offset</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>true</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>alignment between</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>members</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>abutting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>end</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>end,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>edge-to-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>edge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>in line or separated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>less than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>3":</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>1/16"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>(shop</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>field joints).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>This limiting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>condition</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>prevail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>both</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>load</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>-load</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236012" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1344"/>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1349" w:right="352" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Cut</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>trim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>component</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>parts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>during</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>erection</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>approval</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fabricator, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>his</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>recommendations.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Restore</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>finish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>completely. Remove</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>replace</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">members </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>where</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>cutting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>trimming</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>impaired</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>strength</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>appearance of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236013" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1347"/>
+          <w:tab w:val="left" w:pos="1352"/>
+        </w:tabs>
+        <w:spacing w:before="3" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:right="800" w:hanging="365"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>erect warped, bowed,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>deformed,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>otherwise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>damaged or defaced</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">members. Remove and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>replace</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>members damaged in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>erection</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>process</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>directed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236014" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1345"/>
+        </w:tabs>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="1345" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Set</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>units</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>level,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>plumb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>true</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>line,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>uniform</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>joints.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236015" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32236016" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="698"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="698" w:hanging="431"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Protection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236017" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1347"/>
+          <w:tab w:val="left" w:pos="1351"/>
+        </w:tabs>
+        <w:spacing w:before="8" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1351" w:right="346" w:hanging="355"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Protect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>installed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>materials</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>prevent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>damage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>trades.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Use materials that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">easily removed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>without</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>leaving</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>residue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>permanent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>stains.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32236018" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32236019" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="703"/>
+        </w:tabs>
+        <w:ind w:left="703" w:hanging="436"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Adjusting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cleaning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3223601A" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1343"/>
+          <w:tab w:val="left" w:pos="1348"/>
+        </w:tabs>
+        <w:spacing w:before="8" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1348" w:right="390" w:hanging="353"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Immediately</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>clean</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>exposed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>surfaces</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>louvers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>remove</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>fingerprints</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>dirt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>accumulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">during </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>installation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>process.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>let</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>soiling</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remain until</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>final</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>cleaning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3223601B" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1348"/>
+          <w:tab w:val="left" w:pos="1351"/>
+        </w:tabs>
+        <w:spacing w:before="3" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1348" w:right="475" w:hanging="359"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Before</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>final</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>inspection,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>clean</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>exposed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>surfaces</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>mild</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>soap</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>detergent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>harmful</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>to the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>material finishes.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Thoroughly rinse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>surfaces and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>dry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3223601C" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1347"/>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1349" w:right="785" w:hanging="364"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Restore louvers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>accessory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>components damaged during</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>installation and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>so</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>evidence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>remains</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>corrective</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>work.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>results</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>restoration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>are unsuccessful,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>determined</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Architect,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">remove damaged materials, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>replace</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>new</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3223601D" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2058"/>
+          <w:tab w:val="left" w:pos="2070"/>
+        </w:tabs>
+        <w:spacing w:before="3" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2070" w:right="338" w:hanging="362"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Touch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>up</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>minor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>abrasions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>finishes with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>compatible</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>air-dried</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>coating that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>matches the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">color </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>gloss</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>factory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>applied</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>coating.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3223601E" w14:textId="77777777" w:rsidR="001656F2" w:rsidRPr="00B2429C" w:rsidRDefault="001656F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3223601F" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="773" w:right="751"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>End</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2429C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="001656F2">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1872" w:right="979" w:bottom="1440" w:left="979" w:header="0" w:footer="1051" w:gutter="0"/>
+      <w:pgMar w:top="1740" w:right="720" w:bottom="1360" w:left="720" w:header="683" w:footer="1167" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31B3AC90" w14:textId="77777777" w:rsidR="00BE53BB" w:rsidRDefault="00BE53BB">
+    <w:p w14:paraId="184CEF0F" w14:textId="77777777" w:rsidR="000A1A53" w:rsidRDefault="000A1A53">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1169FDB1" w14:textId="77777777" w:rsidR="00BE53BB" w:rsidRDefault="00BE53BB">
+    <w:p w14:paraId="5A02FFA8" w14:textId="77777777" w:rsidR="000A1A53" w:rsidRDefault="000A1A53">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MyriadPro-Light">
-[...16 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Minion Pro">
-[...22 lines deleted...]
-  </w:font>
   <w:font w:name="Myriad Pro Light">
     <w:panose1 w:val="020B0403030403020204"/>
-    <w:charset w:val="00"/>
-[...22 lines deleted...]
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3FF4AF0E" w14:textId="77777777" w:rsidR="00BE3672" w:rsidRDefault="00BE3672">
-[...9 lines deleted...]
-  <w:p w14:paraId="1EC56BD8" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00AC32EC">
+  <w:p w14:paraId="32236033" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503307032" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C64C428" wp14:editId="00C600FC">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32236038" wp14:editId="32236039">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>4450921</wp:posOffset>
+                <wp:posOffset>576913</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>9345295</wp:posOffset>
+                <wp:posOffset>9177489</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2785563" cy="504825"/>
-              <wp:effectExtent l="0" t="0" r="10160" b="3175"/>
+              <wp:extent cx="213360" cy="430530"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="2" name="Text Box 1"/>
+              <wp:docPr id="3" name="Textbox 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
-                    <wps:spPr bwMode="auto">
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="2785563" cy="504825"/>
+                        <a:ext cx="213360" cy="430530"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:noFill/>
-[...21 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="50A97BA4" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00947B63" w:rsidP="008C0015">
+                        <w:p w14:paraId="32236042" w14:textId="20E70A10" w:rsidR="001656F2" w:rsidRDefault="001656F2">
                           <w:pPr>
-                            <w:spacing w:before="17" w:line="208" w:lineRule="exact"/>
-[...1 lines deleted...]
-                            <w:jc w:val="right"/>
+                            <w:spacing w:before="2"/>
+                            <w:ind w:left="20"/>
                             <w:rPr>
-                              <w:sz w:val="18"/>
+                              <w:b/>
+                              <w:sz w:val="57"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
-[...83 lines deleted...]
-                          </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="3C64C428" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="32236038" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:350.45pt;margin-top:735.85pt;width:219.35pt;height:39.75pt;z-index:-9448;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPQwuuyQEAAH8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/03QLXaqo6QpYLUJa&#10;LtIuH+A4dmOReKwZt0n5esZO0wX2DfFiTcYzx+ecmWxvxr4TR4PkwFfyarGUwngNjfP7Sn5/vHu1&#10;kYKi8o3qwJtKngzJm93LF9shlGYFLXSNQcEgnsohVLKNMZRFQbo1vaIFBOP50gL2KvIn7osG1cDo&#10;fVeslsvrYgBsAoI2RJy9nS7lLuNba3T8ai2ZKLpKMreYT8xnnc5it1XlHlVonT7TUP/AolfO86MX&#10;qFsVlTigewbVO41AYONCQ1+AtU6brIHVXC3/UvPQqmCyFjaHwsUm+n+w+svxIXxDEcf3MPIAswgK&#10;96B/EHtTDIHKc03ylEpK1fXwGRqepjpEyB2jxT7JZ0GCYdjp08VdM0ahObl6u1mvr19LofluvXyz&#10;Wa2T/YUq5+6AFD8a6EUKKok8vYyujvcUp9K5JD3m4c51XZ5g5/9IMGbKZPaJ8EQ9jvUoXJNUclMS&#10;U0NzYjkI017wHnPQAv6UYuCdqKTnpZWi++TZ8rQ+c4BzUM+B8pobKxmlmMIPcVqzQ0C3bxl38tbD&#10;OzbNuqznicOZLE85O3LeyLRGv3/nqqf/ZvcLAAD//wMAUEsDBBQABgAIAAAAIQA90Pyx4gAAAA4B&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwDIbvk/YOkSftNpLCoKM0RWhSzzDopB1DE9pujVM1&#10;oe3efubEbrb+T78/p9vJtmwwvW8cSohmApjB0ukGKwnFKX95A+aDQq1ah0bCr/GwzR4fUpVoN+KH&#10;GY6hYlSCPlES6hC6hHNf1sYqP3OdQcourrcq0NpXXPdqpHLb8rkQK25Vg3ShVp15r035c7xaCftF&#10;rE5Ffui/xb75wt0wfubFQcrnp2m3ARbMFO4w3PRJHTJyOrsras9aCbEQa0IpeI2jGNgNiRbrFbAz&#10;TctlNAeepfz/G9kfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI9DC67JAQAAfwMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD3Q/LHiAAAADgEA&#10;AA8AAAAAAAAAAAAAAAAAIwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" filled="f" stroked="f">
-              <v:path arrowok="t"/>
+            <v:shape id="Textbox 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:45.45pt;margin-top:722.65pt;width:16.8pt;height:33.9pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5G+++mAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNGkLKxQ1XQErENIK&#10;kHb5ANexG4vYY2bcJv17xt60RXBb7cUee8Zv3nvjze3kB3E0SA5CK5eLWgoTNHQu7Fv58/Hzm/dS&#10;UFKhUwME08qTIXm7ff1qM8bGrKCHoTMoGCRQM8ZW9inFpqpI98YrWkA0gZMW0KvER9xXHaqR0f1Q&#10;rer6phoBu4igDRHf3j0l5bbgW2t0+m4tmSSGVjK3VFYs6y6v1Xajmj2q2Ds901DPYOGVC9z0AnWn&#10;khIHdP9BeacRCGxaaPAVWOu0KRpYzbL+R81Dr6IpWtgciheb6OVg9bfjQ/yBIk0fYeIBFhEU70H/&#10;IvamGiM1c032lBri6ix0sujzzhIEP2RvTxc/zZSE5svVcr2+4Yzm1Nt1/W5d/K6ujyNS+mLAixy0&#10;EnlchYA63lPK7VVzLpm5PLXPRNK0m4TruEseYr7ZQXdiKSNPs5X0+6DQSDF8DWxXHv05wHOwOweY&#10;hk9QPkhWFODDIYF1hcAVdybAcyi85j+TB/33uVRdf/b2DwAAAP//AwBQSwMEFAAGAAgAAAAhAGXi&#10;EtLhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMjz1PwzAQhnck/oN1SGzUSZtUJI1TVQgmJEQa&#10;ho5O7CZW43OI3Tb8e64TbPfx6L3niu1sB3bRkzcOBcSLCJjG1imDnYCv+u3pGZgPEpUcHGoBP9rD&#10;try/K2Su3BUrfdmHjlEI+lwK6EMYc85922sr/cKNGml3dJOVgdqp42qSVwq3A19G0ZpbaZAu9HLU&#10;L71uT/uzFbA7YPVqvj+az+pYmbrOInxfn4R4fJh3G2BBz+EPhps+qUNJTo07o/JsEJBFGZE0T5J0&#10;BexGLJMUWENFGq9i4GXB/z9R/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA5G+++mAEA&#10;ACEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBl4hLS&#10;4QAAAAwBAAAPAAAAAAAAAAAAAAAAAPIDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="50A97BA4" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00947B63" w:rsidP="008C0015">
+                  <w:p w14:paraId="32236042" w14:textId="20E70A10" w:rsidR="001656F2" w:rsidRDefault="001656F2">
                     <w:pPr>
-                      <w:spacing w:before="17" w:line="208" w:lineRule="exact"/>
-[...1 lines deleted...]
-                      <w:jc w:val="right"/>
+                      <w:spacing w:before="2"/>
+                      <w:ind w:left="20"/>
                       <w:rPr>
-                        <w:sz w:val="18"/>
+                        <w:b/>
+                        <w:sz w:val="57"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
-[...93 lines deleted...]
-                    <w:proofErr w:type="gramEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503307008" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47207DD7" wp14:editId="44888716">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3223603A" wp14:editId="3223603B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>3488871</wp:posOffset>
+                <wp:posOffset>3494182</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>9339943</wp:posOffset>
+                <wp:posOffset>9336822</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="725443" cy="288290"/>
-              <wp:effectExtent l="0" t="0" r="11430" b="3810"/>
+              <wp:extent cx="649605" cy="278765"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="3" name="Text Box 2"/>
+              <wp:docPr id="4" name="Textbox 4"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
-                    <wps:spPr bwMode="auto">
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="725443" cy="288290"/>
+                        <a:ext cx="649605" cy="278765"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:noFill/>
-[...21 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="1DCC7041" w14:textId="77777777" w:rsidR="009525AD" w:rsidRDefault="009525AD" w:rsidP="009525AD">
+                        <w:p w14:paraId="32236043" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
                           <w:pPr>
-                            <w:spacing w:line="208" w:lineRule="exact"/>
+                            <w:spacing w:before="15"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
-                              <w:sz w:val="18"/>
+                              <w:sz w:val="15"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
-                              <w:color w:val="231F20"/>
-                              <w:sz w:val="18"/>
+                              <w:color w:val="231F21"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="15"/>
                             </w:rPr>
-                            <w:t>c-sgroup.com</w:t>
+                            <w:t>c-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="-2"/>
+                              <w:w w:val="110"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t>sgroup.com</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="46FB3552" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00947B63">
+                        <w:p w14:paraId="32236044" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
                           <w:pPr>
-                            <w:spacing w:before="17" w:line="208" w:lineRule="exact"/>
-                            <w:ind w:left="44"/>
+                            <w:spacing w:before="58"/>
+                            <w:ind w:left="43"/>
                             <w:rPr>
-                              <w:sz w:val="18"/>
+                              <w:sz w:val="15"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
-                              <w:color w:val="231F20"/>
-                              <w:sz w:val="18"/>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="15"/>
                             </w:rPr>
                             <w:t>800.233.8493</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="47207DD7" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:274.7pt;margin-top:735.45pt;width:57.1pt;height:22.7pt;z-index:-9472;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjXC4TywEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNN2wQImaroDVIqRl&#10;QVr2AxzHbiwSj5lxm5SvZ+y0XWBviIs1Ho+f33szXl9NQy/2BsmBr+XFYimF8Rpa57e1fPh282Il&#10;BUXlW9WDN7U8GJJXm+fP1mOoTAkd9K1BwSCeqjHUsosxVEVBujODogUE4/nQAg4q8ha3RYtqZPSh&#10;L8rl8nUxArYBQRsizl7Ph3KT8a01On6xlkwUfS2ZW8wr5rVJa7FZq2qLKnROH2mof2AxKOf50TPU&#10;tYpK7NA9gRqcRiCwcaFhKMBap03WwGouln+pue9UMFkLm0PhbBP9P1h9t78PX1HE6T1M3MAsgsIt&#10;6O/E3hRjoOpYkzylilJ1M36GlrupdhHyjcnikOSzIMEw7PTh7K6ZotCcfFO+urx8KYXmo3K1Kt9m&#10;9wtVnS4HpPjRwCBSUEvk5mVwtb+lmMio6lSS3vJw4/o+N7D3fyS4MGUy+cR3Zh6nZhKu5cdT15OW&#10;BtoDq0GYx4LHmIMO8KcUI49ELenHTqGRov/k2fM0P6cAT0FzCpTXfLWWUYo5/BDnOdsFdNuOkWdz&#10;Pbxj16zLih5ZHOlym7PQ40imOfp9n6seP87mFwAAAP//AwBQSwMEFAAGAAgAAAAhACZtP/PjAAAA&#10;DQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s3dZ2rDSd0NDEAXHYAIlj1oSm&#10;onGqJOuyt8ec4Gj/n35/rjfJDmzSPvQOBcxnGTCNrVM9dgLe33Z398BClKjk4FALuOgAm+b6qpaV&#10;cmfc6+kQO0YlGCopwMQ4VpyH1mgrw8yNGin7ct7KSKPvuPLyTOV24IssK7mVPdIFI0e9Nbr9Ppys&#10;gI/tuHtJn0a+ToV6flqs9hffJiFub9LjA7CoU/yD4Vef1KEhp6M7oQpsEFDk65xQCvJVtgZGSFku&#10;S2BHWhXzcgm8qfn/L5ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGNcLhPLAQAAgAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACZtP/PjAAAA&#10;DQEAAA8AAAAAAAAAAAAAAAAAJQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA1BQAA&#10;AAA=&#10;" filled="f" stroked="f">
-              <v:path arrowok="t"/>
+            <v:shape w14:anchorId="3223603A" id="Textbox 4" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:275.15pt;margin-top:735.2pt;width:51.15pt;height:21.95pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/eGp8mQEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuGyEQvVfqPyDuMRuncdKV11HbqFWl&#10;qImU9gMwC17UhaEM9q7/vgNe21Vyi3oZhmF4vPeG5d3oerbTES34hl/OKs60V9Bav2n4r59fL245&#10;wyR9K3vwuuF7jfxu9f7dcgi1nkMHfasjIxCP9RAa3qUUaiFQddpJnEHQng4NRCcTbeNGtFEOhO56&#10;Ma+qhRggtiGC0ohUvT8c8lXBN0ar9GgM6sT6hhO3VGIscZ2jWC1lvYkydFZNNOQbWDhpPT16grqX&#10;SbJttK+gnFUREEyaKXACjLFKFw2k5rJ6oea5k0EXLWQOhpNN+P9g1Y/dc3iKLI2fYaQBFhEYHkD9&#10;RvJGDAHrqSd7ijVSdxY6mujyShIYXSRv9yc/9ZiYouLiw8dFdc2ZoqP5ze3N4jr7Lc6XQ8T0TYNj&#10;OWl4pHEVAnL3gOnQemyZuByez0TSuB6ZbRt+lUFzZQ3tnqQMNM2G45+tjJqz/rsnu/Loj0k8Jutj&#10;ElP/BcoHyYo8fNomMLYQOONOBGgORcL0Z/Kg/92XrvPPXv0FAAD//wMAUEsDBBQABgAIAAAAIQAO&#10;NG9W4gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLNnWFihNpwnBCQmt&#10;KweOaZO10RqnNNlW3h5zgqP9f/r9udjMbmBnMwXrUcJyIYAZbL222En4qF/vHoCFqFCrwaOR8G0C&#10;bMrrq0Ll2l+wMud97BiVYMiVhD7GMec8tL1xKiz8aJCyg5+cijROHdeTulC5G/hKiIw7ZZEu9Go0&#10;z71pj/uTk7D9xOrFfr03u+pQ2bp+FPiWHaW8vZm3T8CimeMfDL/6pA4lOTX+hDqwQUKaijWhFCT3&#10;IgFGSJauMmANrdJlsgZeFvz/F+UPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD94anyZ&#10;AQAAIQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAA40&#10;b1biAAAADQEAAA8AAAAAAAAAAAAAAAAA8wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAACBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="1DCC7041" w14:textId="77777777" w:rsidR="009525AD" w:rsidRDefault="009525AD" w:rsidP="009525AD">
+                  <w:p w14:paraId="32236043" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
                     <w:pPr>
-                      <w:spacing w:line="208" w:lineRule="exact"/>
+                      <w:spacing w:before="15"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
-                        <w:sz w:val="18"/>
+                        <w:sz w:val="15"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
-                        <w:color w:val="231F20"/>
-                        <w:sz w:val="18"/>
+                        <w:color w:val="231F21"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="15"/>
                       </w:rPr>
-                      <w:t>c-sgroup.com</w:t>
+                      <w:t>c-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="-2"/>
+                        <w:w w:val="110"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t>sgroup.com</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="46FB3552" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00947B63">
+                  <w:p w14:paraId="32236044" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
                     <w:pPr>
-                      <w:spacing w:before="17" w:line="208" w:lineRule="exact"/>
-                      <w:ind w:left="44"/>
+                      <w:spacing w:before="58"/>
+                      <w:ind w:left="43"/>
                       <w:rPr>
-                        <w:sz w:val="18"/>
+                        <w:sz w:val="15"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
-                        <w:color w:val="231F20"/>
-                        <w:sz w:val="18"/>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="15"/>
                       </w:rPr>
                       <w:t>800.233.8493</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00947B63">
+    <w:r>
       <w:rPr>
         <w:noProof/>
-      </w:rPr>
-[...46 lines deleted...]
-        <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503306984" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78BABC71" wp14:editId="2EDC4512">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3223603C" wp14:editId="3223603D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>685800</wp:posOffset>
+                <wp:posOffset>4956178</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>9230360</wp:posOffset>
+                <wp:posOffset>9355132</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="6400800" cy="0"/>
-              <wp:effectExtent l="0" t="12700" r="12700" b="12700"/>
+              <wp:extent cx="2121535" cy="400685"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="4" name="Line 3"/>
+              <wp:docPr id="5" name="Textbox 5"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvCnPr>
-[...2 lines deleted...]
-                    <wps:spPr bwMode="auto">
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="6400800" cy="0"/>
+                        <a:ext cx="2121535" cy="400685"/>
                       </a:xfrm>
-                      <a:prstGeom prst="line">
+                      <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:noFill/>
-[...15 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
-                    <wps:bodyPr/>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="32236045" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
+                          <w:pPr>
+                            <w:spacing w:before="15"/>
+                            <w:ind w:right="18"/>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t>Questions?</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="-3"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t>Connect</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="3"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t>with</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="-3"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="-7"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t>CS</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="-15"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="-2"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t>Representative.</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="32236046" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
+                          <w:pPr>
+                            <w:spacing w:before="21"/>
+                            <w:ind w:left="521"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri"/>
+                              <w:b/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri"/>
+                              <w:b/>
+                              <w:color w:val="221F1F"/>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>c-sgroup.com/representative-locator</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="32236047" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
+                          <w:pPr>
+                            <w:spacing w:before="10"/>
+                            <w:ind w:right="21"/>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="-6"/>
+                              <w:sz w:val="12"/>
+                            </w:rPr>
+                            <w:t>©</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="12"/>
+                              <w:sz w:val="12"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="-6"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t>2021</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="3"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="-6"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>Construction</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="13"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="-6"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>Specialties, Inc.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="74ED7B1A" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-9496;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="54pt,726.8pt" to="558pt,726.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4H+9gwgEAAG0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc692kqeusvM4hdnpx&#10;W0tpfsAYWC8qMAiwd/3vO+CPNO2t6gUBb3gz780wfxitYQcVokbX8ptJzZlyAqV2u5a//Hj6MOMs&#10;JnASDDrV8qOK/GHx/t188I26xR6NVIERiYvN4Fvep+SbqoqiVxbiBL1yBHYYLCQ6hl0lAwzEbk11&#10;W9fTasAgfUChYqTb5Qnki8LfdUqk710XVWKm5VRbKmso6zav1WIOzS6A77U4lwH/UIUF7SjplWoJ&#10;Cdg+6L+orBYBI3ZpItBW2HVaqKKB1NzUf6h57sGrooXMif5qU/x/tOLbYROYli2/48yBpRattVPs&#10;Y3Zm8LGhgEe3CVmbGN2zX6P4GQmr3oD5ED0xbYevKIkE9gmLIWMXbH5MUtlYfD9efVdjYoIup3d1&#10;PaupPeKCVdBcHvoQ0xeFluVNyw1VV4jhsI4pFwLNJSTncfikjSltNY4NNJP39ae6vIhotMxojoth&#10;t300gR2AJmM1XX1ezbJkYnsTlqmXEPtTXIFOMxNw72RJ0yuQq/M+gTanPREZd7YpO3Nyc4vyuAk5&#10;T3aMeloynucvD83v5xL1+ksWvwAAAP//AwBQSwMEFAAGAAgAAAAhABxCbFjhAAAAEwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMT8FOwzAMvSPtHyJP4saSMlZNXdMJgThNIG3lwNFrTFvRJFWTdR1fj3dA&#10;cLH8nu3n9/LtZDsx0hBa7zQkCwWCXOVN62oN7+XL3RpEiOgMdt6RhgsF2Bazmxwz489uT+Mh1oJF&#10;XMhQQxNjn0kZqoYshoXvyfHs0w8WI8OhlmbAM4vbTt4rlUqLreMPDfb01FD1dThZDa1ZWtwF9TZ+&#10;lN/hVVX7VSwnrW/n0/OGy+MGRKQp/l3ANQP7h4KNHf3JmSA6xmrNgSI3D6tlCuK6kiQpc8dfTha5&#10;/J+l+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4H+9gwgEAAG0DAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAcQmxY4QAAABMBAAAPAAAAAAAA&#10;AAAAAAAAABwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAKgUAAAAA&#10;" strokecolor="#e6e7e8" strokeweight="1.5pt">
-              <o:lock v:ext="edit" shapetype="f"/>
+            <v:shape w14:anchorId="3223603C" id="Textbox 5" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:390.25pt;margin-top:736.6pt;width:167.05pt;height:31.55pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9PgWAlwEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs1uGyEQvlfKOyDu9dpuXUUrr6MmUatK&#10;UVsp6QNgFryoC0NmsHf99h3w2q7aW9ULDDB8fD+s70bfi4NBchAauZjNpTBBQ+vCrpE/Xj69vZWC&#10;kgqt6iGYRh4NybvNzZv1EGuzhA761qBgkED1EBvZpRTrqiLdGa9oBtEEPrSAXiVe4q5qUQ2M7vtq&#10;OZ9/qAbANiJoQ8S7j6dDuSn41hqdvllLJom+kcwtlRHLuM1jtVmreocqdk5PNNQ/sPDKBX70AvWo&#10;khJ7dH9BeacRCGyaafAVWOu0KRpYzWL+h5rnTkVTtLA5FC820f+D1V8Pz/E7ijTew8gBFhEUn0D/&#10;JPamGiLVU0/2lGri7ix0tOjzzBIEX2Rvjxc/zZiE5s3lYrlYvVtJofnsPad1u8qGV9fbESl9NuBF&#10;LhqJnFdhoA5PlE6t55aJzOn9zCSN21G4lpEzaN7ZQntkLQPH2Uh63Ss0UvRfAvuVsz8XeC625wJT&#10;/wDlh2RJAT7uE1hXCFxxJwIcRJEwfZqc9O/r0nX92ptfAAAA//8DAFBLAwQUAAYACAAAACEAzRLR&#10;qOMAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiztunVbaTpNCE5IiK4c&#10;dkybrI3WOKXJtvL2eCe42fo//f6cbyfbs4sevXEoIJ5FwDQ2ThlsBXxVb09rYD5IVLJ3qAX8aA/b&#10;4v4ul5lyVyz1ZR9aRiXoMymgC2HIOPdNp630MzdopOzoRisDrWPL1SivVG57Po+ilFtpkC50ctAv&#10;nW5O+7MVsDtg+Wq+P+rP8liaqtpE+J6ehHh8mHbPwIKewh8MN31Sh4KcandG5VkvYLWOloRSsFgl&#10;c2A3JI4XKbCapmWSJsCLnP9/o/gFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvT4FgJcB&#10;AAAiAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzRLR&#10;qOMAAAAOAQAADwAAAAAAAAAAAAAAAADxAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="32236045" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
+                    <w:pPr>
+                      <w:spacing w:before="15"/>
+                      <w:ind w:right="18"/>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t>Questions?</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="-3"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t>Connect</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="3"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t>with</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="-3"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="-7"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t>CS</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="-15"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="-2"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t>Representative.</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="32236046" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
+                    <w:pPr>
+                      <w:spacing w:before="21"/>
+                      <w:ind w:left="521"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri"/>
+                        <w:b/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri"/>
+                        <w:b/>
+                        <w:color w:val="221F1F"/>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>c-sgroup.com/representative-locator</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="32236047" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
+                    <w:pPr>
+                      <w:spacing w:before="10"/>
+                      <w:ind w:right="21"/>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="-6"/>
+                        <w:sz w:val="12"/>
+                      </w:rPr>
+                      <w:t>©</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="12"/>
+                        <w:sz w:val="12"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="-6"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t>2021</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="3"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="-6"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>Construction</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="13"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="-6"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>Specialties, Inc.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
-            </v:line>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3223603E" wp14:editId="3223603F">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>1242120</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9390440</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1382395" cy="167640"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="6" name="Textbox 6"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1382395" cy="167640"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="32236048" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
+                          <w:pPr>
+                            <w:spacing w:before="13"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="231F21"/>
+                              <w:w w:val="85"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>Construction</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="36"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="231F21"/>
+                              <w:spacing w:val="-2"/>
+                              <w:w w:val="90"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>Specialties</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="777777"/>
+                              <w:spacing w:val="-2"/>
+                              <w:w w:val="90"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>·</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="3223603E" id="Textbox 6" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:97.8pt;margin-top:739.4pt;width:108.85pt;height:13.2pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWth1LmQEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs1uEzEQviPxDpbvZJOUhrLKpgIqEFJF&#10;kQoP4HjtrMXaY2ac7ObtGbubBNFbxcUe2+PP34/Xt6PvxcEgOQiNXMzmUpigoXVh18ifPz6/uZGC&#10;kgqt6iGYRh4NydvN61frIdZmCR30rUHBIIHqITaySynWVUW6M17RDKIJfGgBvUq8xF3VohoY3ffV&#10;cj5fVQNgGxG0IeLdu6dDuSn41hqdHqwlk0TfSOaWyohl3Oax2qxVvUMVO6cnGuoFLLxygR89Q92p&#10;pMQe3TMo7zQCgU0zDb4Ca502RQOrWcz/UfPYqWiKFjaH4tkm+n+w+tvhMX5HkcaPMHKARQTFe9C/&#10;iL2phkj11JM9pZq4OwsdLfo8swTBF9nb49lPMyahM9rVzfLq/bUUms8Wq3ert8Xw6nI7IqUvBrzI&#10;RSOR8yoM1OGeUn5f1aeWiczT+5lJGrejcG0jr3OKeWcL7ZG1DBxnI+n3XqGRov8a2K+c/anAU7E9&#10;FZj6T1B+SJYU4MM+gXWFwAV3IsBBFF7Tp8lJ/70uXZevvfkDAAD//wMAUEsDBBQABgAIAAAAIQCD&#10;GVSI4gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqN2fhDbEqSoEJyTU&#10;NBw4OrGbWI3XIXbb8PYsJ7jt7I5mv8m3k+vZxYzBepQwnwlgBhuvLbYSPqrXhzWwEBVq1Xs0Er5N&#10;gG1xe5OrTPsrluZyiC2jEAyZktDFOGSch6YzToWZHwzS7ehHpyLJseV6VFcKdz1fCJFypyzSh04N&#10;5rkzzelwdhJ2n1i+2K/3el8eS1tVG4Fv6UnK+7tp9wQsmin+meEXn9ChIKban1EH1pPeJClZaVg9&#10;rqkEWVbz5RJYTatEJAvgRc7/tyh+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABa2HUuZ&#10;AQAAIgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIMZ&#10;VIjiAAAADQEAAA8AAAAAAAAAAAAAAAAA8wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAACBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="32236048" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
+                    <w:pPr>
+                      <w:spacing w:before="13"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="231F21"/>
+                        <w:w w:val="85"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>Construction</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="36"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="231F21"/>
+                        <w:spacing w:val="-2"/>
+                        <w:w w:val="90"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>Specialties</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="777777"/>
+                        <w:spacing w:val="-2"/>
+                        <w:w w:val="90"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>·</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6222B240" w14:textId="77777777" w:rsidR="00BE53BB" w:rsidRDefault="00BE53BB">
+    <w:p w14:paraId="17EFE998" w14:textId="77777777" w:rsidR="000A1A53" w:rsidRDefault="000A1A53">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44289F0A" w14:textId="77777777" w:rsidR="00BE53BB" w:rsidRDefault="00BE53BB">
+    <w:p w14:paraId="7E94E9CC" w14:textId="77777777" w:rsidR="000A1A53" w:rsidRDefault="000A1A53">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5FDE2917" w14:textId="77777777" w:rsidR="00BE3672" w:rsidRDefault="00BE3672">
+  <w:p w14:paraId="32236032" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-[...10 lines deleted...]
-      <w:ind w:left="0"/>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
-        <w:color w:val="D2232A"/>
-[...1 lines deleted...]
-        <w:lang w:bidi="en-US"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
         <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="503309080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="449A5ABA" wp14:editId="70976809">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251651072" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32236034" wp14:editId="32236035">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="margin">
-                <wp:align>right</wp:align>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>616172</wp:posOffset>
               </wp:positionH>
-              <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>419100</wp:posOffset>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>421162</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="737235" cy="271780"/>
+              <wp:extent cx="3485515" cy="160655"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:wrapSquare wrapText="bothSides"/>
-              <wp:docPr id="217" name="Text Box 2"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Textbox 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
-                      <a:spLocks noChangeArrowheads="1"/>
+                      <a:spLocks/>
                     </wps:cNvSpPr>
-                    <wps:spPr bwMode="auto">
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="737235" cy="271780"/>
+                        <a:ext cx="3485515" cy="160655"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:noFill/>
-[...5 lines deleted...]
-                      </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="385ACB17" w14:textId="618E8AF0" w:rsidR="003E6C8F" w:rsidRDefault="00BE3672" w:rsidP="003E6C8F">
+                        <w:p w14:paraId="32236040" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
                           <w:pPr>
-                            <w:jc w:val="right"/>
+                            <w:spacing w:before="14"/>
+                            <w:ind w:left="20"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="15"/>
+                              <w:b/>
+                              <w:sz w:val="19"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
-                              <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="15"/>
+                              <w:b/>
+                              <w:color w:val="413F42"/>
+                              <w:w w:val="85"/>
+                              <w:sz w:val="19"/>
                             </w:rPr>
-                            <w:t>05/13/2025</w:t>
+                            <w:t>ARCHITECTURAL</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="413F42"/>
+                              <w:spacing w:val="29"/>
+                              <w:sz w:val="19"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="413F42"/>
+                              <w:w w:val="85"/>
+                              <w:sz w:val="19"/>
+                            </w:rPr>
+                            <w:t>PRODUCT</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="413F42"/>
+                              <w:spacing w:val="21"/>
+                              <w:sz w:val="19"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="413F42"/>
+                              <w:w w:val="85"/>
+                              <w:sz w:val="19"/>
+                            </w:rPr>
+                            <w:t>SOLUTIONS</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="413F42"/>
+                              <w:spacing w:val="8"/>
+                              <w:sz w:val="19"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="413F42"/>
+                              <w:w w:val="85"/>
+                              <w:sz w:val="19"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="413F42"/>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="19"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="413F42"/>
+                              <w:w w:val="85"/>
+                              <w:sz w:val="19"/>
+                            </w:rPr>
+                            <w:t>LOUVER</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="413F42"/>
+                              <w:spacing w:val="6"/>
+                              <w:sz w:val="19"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="413F42"/>
+                              <w:spacing w:val="-2"/>
+                              <w:w w:val="85"/>
+                              <w:sz w:val="19"/>
+                            </w:rPr>
+                            <w:t>SPECIFICATION</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="449A5ABA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="32236034" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:6.85pt;margin-top:33pt;width:58.05pt;height:21.4pt;z-index:503309080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWgEAcCAIAAPQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuGyEQvVfqPyDu9dobu+usvI7SpKkq&#10;pU2ltB+AWfCiAkMBe9f9+g6s41jpLQoHBMzMm3lvhtXVYDTZCx8U2IbOJlNKhOXQKrtt6K+fdx+W&#10;lITIbMs0WNHQgwj0av3+3ap3tSihA90KTxDEhrp3De1idHVRBN4Jw8IEnLBolOANi3j126L1rEd0&#10;o4tyOv1Y9OBb54GLEPD1djTSdcaXUvD4IGUQkeiGYm0x7z7vm7QX6xWrt565TvFjGewVVRimLCY9&#10;Qd2yyMjOq/+gjOIeAsg44WAKkFJxkTkgm9n0BZvHjjmRuaA4wZ1kCm8Hy7/vH90PT+LwCQZsYCYR&#10;3D3w34FYuOmY3Ypr76HvBGsx8SxJVvQu1MfQJHWoQwLZ9N+gxSazXYQMNEhvkirIkyA6NuBwEl0M&#10;kXB8rC6q8mJBCUdTWc2qZW5KweqnYOdD/CLAkHRoqMeeZnC2vw8xFcPqJ5eUy8Kd0jr3VVvSN/Ry&#10;US5ywJnFqIhjp5Vp6HKa1jgIieNn2+bgyJQez5hA2yPpxHNkHIfNgI6J/AbaA9L3MI4Xfof4gJvU&#10;gOm5Vo6SDvzfl2/JDzuJFkp6HMGGhj875gUl+qtFqS9n83ma2XyZL6oSL/7csjm3MMsRqqGRkvF4&#10;E/Ocj5pcY0ukynI9V3zkhKOVVTx+gzS75/fs9fxZ1/8AAAD//wMAUEsDBBQABgAIAAAAIQDPnxTt&#10;2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcmFMEVSlNJwTiCmIDJG5Z&#10;47UVjVM12Vr+Pd4JTn7Ws977XK0XP6gjTbEPbCBbaVDETXA9twbet89XBaiYLDs7BCYDPxRhXZ+f&#10;VbZ0YeY3Om5SqySEY2kNdCmNJWJsOvI2rsJILN4+TN4mWacW3WRnCfcDXmudo7c9S0NnR3rsqPne&#10;HLyBj5f91+eNfm2f/O04h0Uj+zs05vJiebgHlWhJf8dwwhd0qIVpFw7sohoMyCPJQJ7LPLlZnoHa&#10;idBFAVhX+J+//gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAWgEAcCAIAAPQDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDPnxTt2gAAAAcBAAAP&#10;AAAAAAAAAAAAAAAAAGIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
-              <v:textbox>
+            <v:shape id="Textbox 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:48.5pt;margin-top:33.15pt;width:274.45pt;height:12.65pt;z-index:-251665408;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALKLPQlQEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPtP1i+b5MupFpFTVfAahHS&#10;CpAWPsB17CYi9nhn3Cb9e8Zu2iK4IS7jsT1+894brx8mN4iDQerBN3K5KKUwXkPb+10jf3x/ur2X&#10;gqLyrRrAm0YeDcmHzc2b9RhqcwcdDK1BwSCe6jE0sosx1EVBujNO0QKC8XxpAZ2KvMVd0aIaGd0N&#10;xV1ZrooRsA0I2hDx6ePpUm4yvrVGx6/WkoliaCRzizlijtsUi81a1TtUoev1TEP9Awunes9NL1CP&#10;Kiqxx/4vKNdrBAIbFxpcAdb22mQNrGZZ/qHmpVPBZC1sDoWLTfT/YPWXw0v4hiJOH2DiAWYRFJ5B&#10;/yT2phgD1XNN8pRq4uokdLLo0soSBD9kb48XP80UhebDt+/uq2pZSaH5brkqV1WVDC+urwNS/GTA&#10;iZQ0EnlemYE6PFM8lZ5LZjKn/olJnLYTl6R0C+2RRYw8x0bS616hkWL47NmoNPRzgudke04wDh8h&#10;f42kxcP7fQTb585X3LkzTyBzn39LGvHv+1x1/dObXwAAAP//AwBQSwMEFAAGAAgAAAAhAPsu1Cre&#10;AAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyoUx6mCXGqCsEKCZGGRZdO&#10;PE2ixuMQu234e4YVLEdndO+5+Xp2gzjhFHpPGpaLBARS421PrYbP6vVmBSJEQ9YMnlDDNwZYF5cX&#10;ucmsP1OJp21sBYdQyIyGLsYxkzI0HToTFn5EYrb3kzORz6mVdjJnDneDvE0SJZ3piRs6M+Jzh81h&#10;e3QaNjsqX/qv9/qj3Jd9VaUJvamD1tdX8+YJRMQ5/j3Drz6rQ8FOtT+SDWLQkD7ylKhBqTsQzNX9&#10;QwqiZrBUIItc/h9Q/AAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQALKLPQlQEAABsDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD7LtQq3gAAAAgB&#10;AAAPAAAAAAAAAAAAAAAAAO8DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA+gQAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="385ACB17" w14:textId="618E8AF0" w:rsidR="003E6C8F" w:rsidRDefault="00BE3672" w:rsidP="003E6C8F">
+                  <w:p w14:paraId="32236040" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
                     <w:pPr>
-                      <w:jc w:val="right"/>
+                      <w:spacing w:before="14"/>
+                      <w:ind w:left="20"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="15"/>
+                        <w:b/>
+                        <w:sz w:val="19"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
-                        <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="15"/>
+                        <w:b/>
+                        <w:color w:val="413F42"/>
+                        <w:w w:val="85"/>
+                        <w:sz w:val="19"/>
                       </w:rPr>
-                      <w:t>05/13/2025</w:t>
+                      <w:t>ARCHITECTURAL</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="413F42"/>
+                        <w:spacing w:val="29"/>
+                        <w:sz w:val="19"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="413F42"/>
+                        <w:w w:val="85"/>
+                        <w:sz w:val="19"/>
+                      </w:rPr>
+                      <w:t>PRODUCT</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="413F42"/>
+                        <w:spacing w:val="21"/>
+                        <w:sz w:val="19"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="413F42"/>
+                        <w:w w:val="85"/>
+                        <w:sz w:val="19"/>
+                      </w:rPr>
+                      <w:t>SOLUTIONS</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="413F42"/>
+                        <w:spacing w:val="8"/>
+                        <w:sz w:val="19"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="413F42"/>
+                        <w:w w:val="85"/>
+                        <w:sz w:val="19"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="413F42"/>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="19"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="413F42"/>
+                        <w:w w:val="85"/>
+                        <w:sz w:val="19"/>
+                      </w:rPr>
+                      <w:t>LOUVER</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="413F42"/>
+                        <w:spacing w:val="6"/>
+                        <w:sz w:val="19"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="413F42"/>
+                        <w:spacing w:val="-2"/>
+                        <w:w w:val="85"/>
+                        <w:sz w:val="19"/>
+                      </w:rPr>
+                      <w:t>SPECIFICATION</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
-              <w10:wrap type="square" anchorx="margin"/>
+              <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
     <w:r>
       <w:rPr>
-        <w:b/>
-        <w:color w:val="414042"/>
+        <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>ARCHITECTURAL</w:t>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32236036" wp14:editId="32236037">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6613934</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>438081</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="466725" cy="132080"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Textbox 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="466725" cy="132080"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="32236041" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
+                          <w:pPr>
+                            <w:spacing w:before="15"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t>0l</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-6"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                              <w:sz w:val="15"/>
+                            </w:rPr>
+                            <w:t>/20/2026</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="32236036" id="Textbox 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:520.8pt;margin-top:34.5pt;width:36.75pt;height:10.4pt;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoAYpKmAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNGmBsoqaroAVCGkF&#10;SAsf4Dp2YxF7zIzbpH/P2Ju2aPeGuNjjmfHze2+8uZ38II4GyUFo5XJRS2GChs6FfSt//vj06kYK&#10;Sip0aoBgWnkyJG+3L19sxtiYFfQwdAYFgwRqxtjKPqXYVBXp3nhFC4gmcNECepX4iPuqQzUyuh+q&#10;VV2vqxGwiwjaEHH27rEotwXfWqPTN2vJJDG0krmlsmJZd3mtthvV7FHF3umZhvoHFl65wI9eoO5U&#10;UuKA7hmUdxqBwKaFBl+BtU6booHVLOsnah56FU3RwuZQvNhE/w9Wfz0+xO8o0vQBJh5gEUHxHvQv&#10;Ym+qMVIz92RPqSHuzkIniz7vLEHwRfb2dPHTTEloTr5Zr9+t3kqhubR8vapvit/V9XJESp8NeJGD&#10;ViKPqxBQx3tK+XnVnFtmLo/PZyJp2k3CdZkzd+bMDroTSxl5mq2k3weFRorhS2C78ujPAZ6D3TnA&#10;NHyE8kGyogDvDwmsKwSuuDMBnkPhNf+ZPOi/z6Xr+rO3fwAAAP//AwBQSwMEFAAGAAgAAAAhAOkB&#10;bz3fAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/QdrK3GjdhBESYhTVQhOSIg0&#10;HDg6sZtYjdchdtvw92xPcBzt0+ybcru4kZ3NHKxHCclGADPYeW2xl/DZvN5lwEJUqNXo0Uj4MQG2&#10;1eqmVIX2F6zNeR97RiUYCiVhiHEqOA/dYJwKGz8ZpNvBz05FinPP9awuVO5Gfi9Eyp2ySB8GNZnn&#10;wXTH/clJ2H1h/WK/39uP+lDbpskFvqVHKW/Xy+4JWDRL/IPhqk/qUJFT60+oAxspi4ckJVZCmtOo&#10;K5EkjwmwVkKWZ8Crkv/fUP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6AGKSpgBAAAh&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6QFvPd8A&#10;AAALAQAADwAAAAAAAAAAAAAAAADyAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="32236041" w14:textId="77777777" w:rsidR="001656F2" w:rsidRDefault="000A1A53">
+                    <w:pPr>
+                      <w:spacing w:before="15"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t>0l</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-6"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                        <w:sz w:val="15"/>
+                      </w:rPr>
+                      <w:t>/20/2026</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r>
-[...64 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00000002"/>
+    <w:nsid w:val="042373B6"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="00000000"/>
+    <w:tmpl w:val="A86CD20A"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...412 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="697" w:hanging="428"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="697" w:hanging="428"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="88"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
-[...10 lines deleted...]
-      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...79 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1376" w:hanging="353"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...471 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="79"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2430" w:hanging="353"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="1360" w:hanging="353"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="1"/>
-[...2 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="1380" w:hanging="353"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="2080" w:hanging="353"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="2440" w:hanging="353"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="1"/>
-[...2 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="5226" w:hanging="353"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...4 lines deleted...]
-      <w:start w:val="2"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12032858"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4E8F9E2"/>
+    <w:lvl w:ilvl="0" w:tplc="D4B6FA78">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2073" w:hanging="364"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7FD6D9BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6B6EEA6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3824" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9552D24A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4696" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DD767F36">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5568" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A6EAE340">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6440" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="ADDEB080">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7312" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8CE6EFAE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8184" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="89481C9C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9056" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20047E34"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AAAC14EC"/>
+    <w:lvl w:ilvl="0" w:tplc="151AD084">
+      <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1343" w:hanging="351"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="79"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="03B0B29A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2286" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6B0C09E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3232" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6A20D42A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4178" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C9181648">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5124" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="23B8D48E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6070" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D326F876">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7016" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="72BC12AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7962" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="56F0AD04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8908" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27DF5292"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D2E2CC3E"/>
+    <w:lvl w:ilvl="0" w:tplc="1012C1FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2070" w:hanging="364"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4FCA57AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="27EE187C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3824" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B96E6174">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4696" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="369A200E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5568" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0BE6EA86">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6440" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B186063A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7312" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2BB404FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8184" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3376B468">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9056" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3831696F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="30302E1E"/>
+    <w:lvl w:ilvl="0" w:tplc="C36A6DB6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="628" w:hanging="354"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="79"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="53847EE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2788" w:hanging="358"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="441A080C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F2265B5C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3800" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="36223DCE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4800" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="899EE1BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5800" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="87A0880E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6800" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FACACC60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7800" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1C3A33BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8800" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43D1601A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3A789270"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2069" w:hanging="364"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="271" w:hanging="435"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="88"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="1346" w:hanging="350"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="83"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2069" w:hanging="358"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2080" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3533" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-[...3 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="4986" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-[...2 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="6440" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="7893" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...13 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="229C6342"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D4B0DFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3F60AEF8"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="8992208A"/>
+    <w:lvl w:ilvl="0" w:tplc="98349504">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2070" w:hanging="364"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="1" w:tplc="48AC71D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...79 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="2952" w:hanging="364"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%1.%2"/>
+    <w:lvl w:ilvl="2" w:tplc="D818B266">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="3824" w:hanging="364"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-[...2 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3"/>
+    <w:lvl w:ilvl="3" w:tplc="A6A80DE4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="4696" w:hanging="364"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-[...2 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3.%4"/>
+    <w:lvl w:ilvl="4" w:tplc="4AD421D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="5568" w:hanging="364"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-[...2 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+    <w:lvl w:ilvl="5" w:tplc="76A8A2A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="6440" w:hanging="364"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-[...2 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+    <w:lvl w:ilvl="6" w:tplc="813432EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:ind w:left="7312" w:hanging="364"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-[...2 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+    <w:lvl w:ilvl="7" w:tplc="B2B8BB44">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:ind w:left="8184" w:hanging="364"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-[...2 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+    <w:lvl w:ilvl="8" w:tplc="CECC0F8C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:ind w:left="9056" w:hanging="364"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...13 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-[...4 lines deleted...]
-      <w:start w:val="2"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="515610DB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="86FE4B38"/>
+    <w:lvl w:ilvl="0" w:tplc="F4A29AB8">
+      <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1376" w:hanging="351"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="79"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="F7285AB2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2192" w:hanging="358"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DE4A697A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3155" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F836E510">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4111" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4198DE96">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5066" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E38ADD44">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6022" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2CFC3568">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6977" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3788A9F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7933" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="789A4F20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8888" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="667607EE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C7E89460"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="883" w:hanging="423"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="883" w:hanging="423"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="85"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
-[...10 lines deleted...]
-      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...76 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1350" w:hanging="354"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...802 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="79"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="1717" w:hanging="354"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1700" w:hanging="354"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="1720" w:hanging="354"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-[...3 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="2060" w:hanging="354"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-[...2 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="2080" w:hanging="354"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="4986" w:hanging="354"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...13 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-[...4 lines deleted...]
-      <w:start w:val="1"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74040C48"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C85C0540"/>
+    <w:lvl w:ilvl="0" w:tplc="BE7077E0">
+      <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1350" w:hanging="364"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="74"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="448ACE48">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2121" w:hanging="363"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="87"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-[...14 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="2" w:tplc="36944F62">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3084" w:hanging="363"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="3" w:tplc="CE3C49CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4048" w:hanging="363"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-[...14 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="4" w:tplc="E8F82A18">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5013" w:hanging="363"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="5" w:tplc="42760EB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5977" w:hanging="363"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-[...3 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:lvl w:ilvl="6" w:tplc="AA5AB8E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6942" w:hanging="363"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3782F8A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7906" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AA3C52F0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8871" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="53837E95"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E58451F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="24F2B174"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="EF3EC1FE"/>
+    <w:lvl w:ilvl="0" w:tplc="C6A4FA62">
+      <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="900" w:hanging="360"/>
+        <w:ind w:left="1347" w:hanging="357"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="74"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
-[...115 lines deleted...]
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="0D4EB3B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2068" w:hanging="359"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6A64FE56">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3031" w:hanging="359"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
-[...14 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3" w:tplc="D55A8A20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...76 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="4002" w:hanging="359"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="4" w:tplc="6A18A592">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
-[...165 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="4973" w:hanging="359"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="5" w:tplc="6B38A2A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="5944" w:hanging="359"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
-[...14 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="6" w:tplc="5616F4A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...79 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="6915" w:hanging="359"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="7" w:tplc="C53AB94A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="7886" w:hanging="359"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-[...14 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="8" w:tplc="F68ACDD8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...79 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="8857" w:hanging="359"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...356 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
-[...119 lines deleted...]
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="1" w16cid:durableId="733940640">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2080204612">
-[...8 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="178743504">
+  <w:num w:numId="2" w16cid:durableId="1277642904">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1437603310">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="3" w16cid:durableId="1594823257">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="963268515">
-    <w:abstractNumId w:val="32"/>
+  <w:num w:numId="4" w16cid:durableId="2125733">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="167211683">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="5" w16cid:durableId="2032757977">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1923252025">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="6" w16cid:durableId="1084885007">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="201721569">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="7" w16cid:durableId="1811826472">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="739644652">
+  <w:num w:numId="8" w16cid:durableId="1068068172">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="180433077">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1152795120">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="2007514617">
-[...8 lines deleted...]
-  <w:num w:numId="15" w16cid:durableId="371152239">
+  <w:num w:numId="11" w16cid:durableId="1476533398">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="604116516">
-[...599 lines deleted...]
-  <w:numIdMacAtCleanup w:val="37"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="187"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009525AD"/>
-[...126 lines deleted...]
-    <w:rsid w:val="00FB50FA"/>
+    <w:rsidRoot w:val="001656F2"/>
+    <w:rsid w:val="000A1A53"/>
+    <w:rsid w:val="001656F2"/>
+    <w:rsid w:val="0032065D"/>
+    <w:rsid w:val="00845C21"/>
+    <w:rsid w:val="00B2429C"/>
+    <w:rsid w:val="00B8314D"/>
+    <w:rsid w:val="00CD64A4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val="|"/>
-  <w14:docId w14:val="71ADB91A"/>
-  <w15:docId w15:val="{8A3169AA-463A-A84A-A3F5-2B0C570C5E90}"/>
+  <w14:docId w14:val="32235F15"/>
+  <w15:docId w15:val="{F74CE5B0-CBC1-4B70-8ADF-1264A8C352A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -12411,51 +39131,51 @@
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12465,56 +39185,56 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12761,437 +39481,209 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="MyriadPro-Light" w:eastAsia="MyriadPro-Light" w:hAnsi="MyriadPro-Light" w:cs="MyriadPro-Light"/>
-      <w:lang w:bidi="en-US"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:aliases w:val="Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00AC32EC"/>
     <w:pPr>
-      <w:ind w:left="100"/>
+      <w:ind w:left="773" w:right="31"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="007E491C"/>
     <w:pPr>
-      <w:ind w:left="510" w:hanging="410"/>
+      <w:ind w:left="269"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="MyriadPro-Semibold" w:eastAsia="MyriadPro-Semibold" w:hAnsi="MyriadPro-Semibold" w:cs="MyriadPro-Semibold"/>
       <w:b/>
       <w:bCs/>
-      <w:szCs w:val="20"/>
-[...43 lines deleted...]
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="2"/>
+      <w:ind w:left="20"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="57"/>
+      <w:szCs w:val="57"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="996" w:hanging="180"/>
+      <w:ind w:left="1717" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:spacing w:before="109"/>
-[...1 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:line="191" w:lineRule="exact"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001E05E6"/>
+    <w:rsid w:val="00B2429C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
-    <w:rsid w:val="001E05E6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B2429C"/>
     <w:rPr>
-      <w:rFonts w:ascii="MyriadPro-Light" w:eastAsia="MyriadPro-Light" w:hAnsi="MyriadPro-Light" w:cs="MyriadPro-Light"/>
-      <w:lang w:bidi="en-US"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001E05E6"/>
+    <w:rsid w:val="00B2429C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001E05E6"/>
+    <w:rsid w:val="00B2429C"/>
     <w:rPr>
-      <w:rFonts w:ascii="MyriadPro-Light" w:eastAsia="MyriadPro-Light" w:hAnsi="MyriadPro-Light" w:cs="MyriadPro-Light"/>
-[...185 lines deleted...]
-      <w:szCs w:val="36"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cet@c-sgroup.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cet@c-sgroup.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13433,101 +39925,72 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2524</Words>
-  <Characters>14393</Characters>
+  <Words>2484</Words>
+  <Characters>14161</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>119</Lines>
+  <Lines>118</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>Construction Specialties</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16884</CharactersWithSpaces>
+  <CharactersWithSpaces>16612</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Justin Teffeteller</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2019-05-14T00:00:00Z</vt:filetime>
+    <vt:filetime>2026-03-03T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
-    <vt:lpwstr>Adobe InDesign 14.0 (Macintosh)</vt:lpwstr>
+    <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-    <vt:filetime>2019-05-15T00:00:00Z</vt:filetime>
+    <vt:filetime>2026-03-03T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
   </property>
 </Properties>
 </file>