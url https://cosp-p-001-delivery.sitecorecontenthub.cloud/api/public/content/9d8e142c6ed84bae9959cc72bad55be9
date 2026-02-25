--- v0 (2025-10-16)
+++ v1 (2026-02-25)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="277D2898" w14:textId="4D5723C5" w:rsidR="00F5559C" w:rsidRPr="00006C69" w:rsidRDefault="00F5559C" w:rsidP="00F5559C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00006C69">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="D2232A"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Su</w:t>
@@ -1042,127 +1043,185 @@
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="1170" w:hanging="630"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F5559C">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Cubicle Track System</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7746C3F2" w14:textId="77777777" w:rsidR="006400F5" w:rsidRPr="00F5559C" w:rsidRDefault="006400F5" w:rsidP="006400F5">
+    <w:p w14:paraId="7746C3F2" w14:textId="75BCCCC2" w:rsidR="006400F5" w:rsidRPr="00F5559C" w:rsidRDefault="006400F5" w:rsidP="006400F5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1620" w:hanging="450"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F5559C">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cubicle Tracks: CS Cubicle Curtains #6063 suspended-mounted tracks of heavy extruded aluminum alloy </w:t>
+        <w:t>Cubicle Tracks: CS Cubicle Curtains #606</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5559C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suspended-mounted tracks of heavy extruded aluminum alloy </w:t>
       </w:r>
       <w:r w:rsidRPr="00C468B0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">6063-T5, </w:t>
+        <w:t>606</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C468B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-T5, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F5559C">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">1 3/8" x 3/4", slotted to receive roller carriers, complete with accessories and components required for complete and secure installations including splices, end caps and corner bends. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70D81D5D" w14:textId="77777777" w:rsidR="006400F5" w:rsidRPr="00F5559C" w:rsidRDefault="006400F5" w:rsidP="006400F5">
+    <w:p w14:paraId="70D81D5D" w14:textId="478E52BA" w:rsidR="006400F5" w:rsidRPr="00F5559C" w:rsidRDefault="006400F5" w:rsidP="006400F5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="2070"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F5559C">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Suspension Height:  ¾” square aluminum hangers with suspension brackets made of molded nylon to adapt to CS 6063 aluminum track.  </w:t>
+        <w:t>Suspension Height:  ¾” square aluminum hangers with suspension brackets made of molded nylon to adapt to CS 606</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5559C">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aluminum track.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DEB5BC4" w14:textId="77777777" w:rsidR="006400F5" w:rsidRPr="00F5559C" w:rsidRDefault="006400F5" w:rsidP="006400F5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F5559C">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
@@ -1712,70 +1771,70 @@
     </w:p>
     <w:p w14:paraId="55DF4204" w14:textId="77777777" w:rsidR="00521B5C" w:rsidRPr="00006C69" w:rsidRDefault="00521B5C" w:rsidP="00521B5C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00521B5C" w:rsidRPr="00006C69" w:rsidSect="00C56A0E">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1872" w:right="979" w:bottom="1440" w:left="979" w:header="0" w:footer="1051" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="016F56A9" w14:textId="77777777" w:rsidR="009A72CC" w:rsidRDefault="009A72CC">
+    <w:p w14:paraId="3FA7EC00" w14:textId="77777777" w:rsidR="00E879A8" w:rsidRDefault="00E879A8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A496AFF" w14:textId="77777777" w:rsidR="009A72CC" w:rsidRDefault="009A72CC">
+    <w:p w14:paraId="5C8A28A6" w14:textId="77777777" w:rsidR="00E879A8" w:rsidRDefault="00E879A8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Light">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
@@ -1798,51 +1857,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro Light">
     <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3EF11227" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00A42138">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1574F32C" wp14:editId="42A1989B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4368800</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9345295</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2785563" cy="502920"/>
               <wp:effectExtent l="0" t="0" r="0" b="5080"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
@@ -2418,70 +2477,70 @@
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="165C56D1" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="54pt,726.8pt" to="558pt,726.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsKmIMsAEAAEwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8luGzEMvRfoPwi61zMxWtcYeJxD7PSS&#10;tgaSfgAtaTxCNaJAyh777yvJS7dbkIsgLnrke6QW98fBiYMhtuhbeTeppTBeobZ+18ofL48f5lJw&#10;BK/BoTetPBmW98v37xZjaMwUe3TakEggnpsxtLKPMTRVxao3A/AEg/Ep2CENEJNJu0oTjAl9cNW0&#10;rmfViKQDoTLMybs6B+Wy4HedUfF717GJwrUy9RbLSeXc5rNaLqDZEYTeqksb8IouBrA+Fb1BrSCC&#10;2JP9D2qwipCxixOFQ4VdZ5UpHBKbu/ofNs89BFO4JHE43GTit4NV3w4PfkO5dXX0z+EJ1U9OolRj&#10;4OYWzAaHDYnt+BV1GiPsIxa+x46G/DgxEcci6+kmqzlGoZJz9rGu53VSX11jFTTXh4E4fjE4iHxp&#10;pbM+M4YGDk8ccyPQXFOy2+Ojda5MzXkxtnL6KaGXF4zO6hzNeUy77YMjcYA0+PVs/Xk9z7NOaH+l&#10;ZegVcH/OK6HzShDuvS5legN6fblHsO58T0DOX2TKyuSF42aL+rShXCdbaWSl4mW98k78aZes359g&#10;+QsAAP//AwBQSwMEFAAGAAgAAAAhAM+YQOvcAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMT01P&#10;g0AQvZv4HzZj4sXYBa2kRZbGmHjVWI1ep+wIKDtL2C2Ff+/0YOpt3kfevFdsJtepkYbQejaQLhJQ&#10;xJW3LdcG3t+erlegQkS22HkmAzMF2JTnZwXm1h/4lcZtrJWEcMjRQBNjn2sdqoYchoXviUX78oPD&#10;KHCotR3wIOGu0zdJkmmHLcuHBnt6bKj62e6dAVx+VmtcZ1onz/P03fqXj/lqNObyYnq4BxVpiicz&#10;HOtLdSil087v2QbVCU5WsiXKsby7zUAdLWmaCbf743RZ6P8zyl8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEArCpiDLABAABMAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAz5hA69wAAAAOAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" strokecolor="#e6e7e8" strokeweight="2pt">
               <o:lock v:ext="edit" shapetype="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F8406B5" w14:textId="77777777" w:rsidR="009A72CC" w:rsidRDefault="009A72CC">
+    <w:p w14:paraId="766C3B82" w14:textId="77777777" w:rsidR="00E879A8" w:rsidRDefault="00E879A8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39E0B671" w14:textId="77777777" w:rsidR="009A72CC" w:rsidRDefault="009A72CC">
+    <w:p w14:paraId="2C4B7706" w14:textId="77777777" w:rsidR="00E879A8" w:rsidRDefault="00E879A8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4CCEA3D2" w14:textId="77777777" w:rsidR="00496C88" w:rsidRDefault="00496C88" w:rsidP="00496C88">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="4290"/>
         <w:tab w:val="left" w:pos="9373"/>
       </w:tabs>
       <w:spacing w:before="74"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="_Hlk172887253"/>
   </w:p>
   <w:p w14:paraId="2E6F7B45" w14:textId="77777777" w:rsidR="00496C88" w:rsidRDefault="00496C88" w:rsidP="00496C88">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="4290"/>
         <w:tab w:val="left" w:pos="9373"/>
       </w:tabs>
       <w:spacing w:before="74"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
       </w:rPr>
@@ -2523,110 +2582,110 @@
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="678815" cy="271780"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5FFB7544" w14:textId="55A65369" w:rsidR="00496C88" w:rsidRPr="006B2881" w:rsidRDefault="006D3649" w:rsidP="00496C88">
+                        <w:p w14:paraId="5FFB7544" w14:textId="2D2D9BD9" w:rsidR="00496C88" w:rsidRPr="006B2881" w:rsidRDefault="00E06ED6" w:rsidP="00496C88">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
-                            <w:t>12/04/2024</w:t>
+                            <w:t>02/18/2026</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="67610F02" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:467.7pt;margin-top:-1.8pt;width:53.45pt;height:21.4pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHqFD1+AEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mqdu2iptPYGEIa&#10;A2nwA66O01jYPmO7Tcqv5+x0XQVviDxY55z93X3ffV7fDEazg/RBoa15OZlyJq3ARtldzb9/e3i3&#10;4ixEsA1otLLmRxn4zebtm3XvKjnDDnUjPSMQG6re1byL0VVFEUQnDYQJOmkp2aI3EGnrd0XjoSd0&#10;o4vZdHpV9Ogb51HIEOjv/Zjkm4zftlLEL20bZGS65tRbzKvP6zatxWYN1c6D65Q4tQH/0IUBZano&#10;GeoeIrC9V39BGSU8BmzjRKApsG2VkJkDsSmnf7B57sDJzIXECe4sU/h/sOLp8Oy+ehaH9zjQADOJ&#10;4B5R/AjM4l0Hdidvvce+k9BQ4TJJVvQuVKerSepQhQSy7T9jQ0OGfcQMNLTeJFWIJyN0GsDxLLoc&#10;IhP082q5WpULzgSlZstyucpDKaB6uex8iB8lGpaCmnuaaQaHw2OIqRmoXo6kWhYflNZ5rtqyvubX&#10;i9kiX7jIGBXJdlqZmq+m6RuNkDh+sE2+HEHpMaYC2p5IJ54j4zhsBzqYyG+xORJ9j6O96DlQ0KH/&#10;xVlP1qp5+LkHLznTnyxJeF3O58mLeTNfLGe08ZeZ7WUGrCComkfOxvAuZv+OXG9J6lZlGV47OfVK&#10;lsnqnOydPHm5z6deH+HmNwAAAP//AwBQSwMEFAAGAAgAAAAhAG7JUJffAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8tOwzAQRfeV+AdrkNi1NklakZBJhUBsQS0PiZ0bT5OIeBzFbhP+HncFy9E9&#10;uvdMuZ1tL840+s4xwu1KgSCunem4QXh/e17egfBBs9G9Y0L4IQ/b6mpR6sK4iXd03odGxBL2hUZo&#10;QxgKKX3dktV+5QbimB3daHWI59hIM+opltteJkptpNUdx4VWD/TYUv29P1mEj5fj12emXpsnux4m&#10;NyvJNpeIN9fzwz2IQHP4g+GiH9Whik4Hd2LjRY+Qp+ssogjLdAPiAqgsSUEcENI8AVmV8v8L1S8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAR6hQ9fgBAADMAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAbslQl98AAAAKAQAADwAAAAAAAAAAAAAA&#10;AABSBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="5FFB7544" w14:textId="55A65369" w:rsidR="00496C88" w:rsidRPr="006B2881" w:rsidRDefault="006D3649" w:rsidP="00496C88">
+                  <w:p w14:paraId="5FFB7544" w14:textId="2D2D9BD9" w:rsidR="00496C88" w:rsidRPr="006B2881" w:rsidRDefault="00E06ED6" w:rsidP="00496C88">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
-                      <w:t>12/04/2024</w:t>
+                      <w:t>02/18/2026</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
       </w:rPr>
       <w:t>INTERIOR</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:spacing w:val="27"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
@@ -2650,51 +2709,51 @@
         <w:b/>
         <w:color w:val="414042"/>
       </w:rPr>
       <w:t>SOLUTIONS</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:spacing w:val="15"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="0"/>
   <w:p w14:paraId="2DD56B44" w14:textId="60455C86" w:rsidR="002C056E" w:rsidRDefault="002C056E">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D440DD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DC61ED6"/>
     <w:lvl w:ilvl="0" w:tplc="74B4B30C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6132,59 +6191,60 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1842622525">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="149756150">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="690226619">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1084113402">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1978486221">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="269163811">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="9"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="187"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00521B5C"/>
     <w:rsid w:val="00006C69"/>
     <w:rsid w:val="0001716D"/>
     <w:rsid w:val="00020AF9"/>
@@ -6231,150 +6291,154 @@
     <w:rsid w:val="005E7981"/>
     <w:rsid w:val="005F6F68"/>
     <w:rsid w:val="006400F5"/>
     <w:rsid w:val="00697EBF"/>
     <w:rsid w:val="006D1EF0"/>
     <w:rsid w:val="006D3649"/>
     <w:rsid w:val="00730E54"/>
     <w:rsid w:val="00733452"/>
     <w:rsid w:val="00734CAA"/>
     <w:rsid w:val="00750E6B"/>
     <w:rsid w:val="0078059C"/>
     <w:rsid w:val="007836C4"/>
     <w:rsid w:val="00787F64"/>
     <w:rsid w:val="007B468E"/>
     <w:rsid w:val="007C5B4A"/>
     <w:rsid w:val="007D547E"/>
     <w:rsid w:val="007E491C"/>
     <w:rsid w:val="008114C4"/>
     <w:rsid w:val="00814F03"/>
     <w:rsid w:val="008267E5"/>
     <w:rsid w:val="00827235"/>
     <w:rsid w:val="00830B5A"/>
     <w:rsid w:val="00837730"/>
     <w:rsid w:val="0085166C"/>
     <w:rsid w:val="00852683"/>
+    <w:rsid w:val="0085325E"/>
     <w:rsid w:val="00857EBC"/>
     <w:rsid w:val="008A16D9"/>
     <w:rsid w:val="008C0015"/>
     <w:rsid w:val="008C373D"/>
     <w:rsid w:val="008F5191"/>
     <w:rsid w:val="0090571B"/>
     <w:rsid w:val="00947B63"/>
     <w:rsid w:val="00952A4F"/>
     <w:rsid w:val="009827DB"/>
     <w:rsid w:val="009865A9"/>
     <w:rsid w:val="009A72CC"/>
     <w:rsid w:val="009B51E9"/>
+    <w:rsid w:val="00A20B7F"/>
     <w:rsid w:val="00A2765F"/>
     <w:rsid w:val="00A42138"/>
     <w:rsid w:val="00A81727"/>
     <w:rsid w:val="00A86962"/>
     <w:rsid w:val="00A95886"/>
     <w:rsid w:val="00AA2E83"/>
     <w:rsid w:val="00AA729A"/>
     <w:rsid w:val="00AC2D3C"/>
     <w:rsid w:val="00AC32EC"/>
     <w:rsid w:val="00AD1C42"/>
     <w:rsid w:val="00B17722"/>
     <w:rsid w:val="00B20B65"/>
     <w:rsid w:val="00B32912"/>
     <w:rsid w:val="00B42C4E"/>
     <w:rsid w:val="00B43CF8"/>
     <w:rsid w:val="00B46C41"/>
     <w:rsid w:val="00B65EA5"/>
     <w:rsid w:val="00BB677C"/>
     <w:rsid w:val="00BC323E"/>
     <w:rsid w:val="00BF7061"/>
     <w:rsid w:val="00C210C4"/>
     <w:rsid w:val="00C468B0"/>
     <w:rsid w:val="00C56A0E"/>
     <w:rsid w:val="00C762D1"/>
     <w:rsid w:val="00C83646"/>
     <w:rsid w:val="00C90F1C"/>
     <w:rsid w:val="00CA6EDC"/>
     <w:rsid w:val="00CC3132"/>
     <w:rsid w:val="00CF0F33"/>
     <w:rsid w:val="00D34D9D"/>
     <w:rsid w:val="00D54F80"/>
     <w:rsid w:val="00D608B6"/>
     <w:rsid w:val="00D6095E"/>
     <w:rsid w:val="00D61478"/>
     <w:rsid w:val="00D622CA"/>
     <w:rsid w:val="00D72724"/>
     <w:rsid w:val="00DB2FE6"/>
     <w:rsid w:val="00DC6699"/>
     <w:rsid w:val="00DE2049"/>
     <w:rsid w:val="00DF2830"/>
     <w:rsid w:val="00E00777"/>
+    <w:rsid w:val="00E06ED6"/>
     <w:rsid w:val="00E205F9"/>
     <w:rsid w:val="00E23151"/>
     <w:rsid w:val="00E71861"/>
+    <w:rsid w:val="00E879A8"/>
     <w:rsid w:val="00EC2145"/>
     <w:rsid w:val="00ED5C52"/>
     <w:rsid w:val="00EE31B4"/>
     <w:rsid w:val="00F03A30"/>
     <w:rsid w:val="00F341E4"/>
     <w:rsid w:val="00F37804"/>
     <w:rsid w:val="00F41442"/>
     <w:rsid w:val="00F45E12"/>
     <w:rsid w:val="00F5559C"/>
     <w:rsid w:val="00F659C9"/>
     <w:rsid w:val="00F76E0F"/>
     <w:rsid w:val="00FA6A01"/>
     <w:rsid w:val="00FB7AAC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val="|"/>
   <w14:docId w14:val="5D493E0E"/>
   <w15:docId w15:val="{623E1098-DCD7-F94E-8A49-F15ED6AC85AE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7016,51 +7080,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00F5559C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -7327,50 +7391,69 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EEB58EA53033AC4FBAB7B3D5D9AA2A42" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f52a257ffb2821583b832ce24fd2ac89">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2eceac5b-b3a0-43ad-8cd7-734772f8614b" xmlns:ns3="9734340f-ac46-45b0-8b35-285c2089870c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bde702acc1ead03d55971d46c331941a" ns2:_="" ns3:_="">
     <xsd:import namespace="2eceac5b-b3a0-43ad-8cd7-734772f8614b"/>
     <xsd:import namespace="9734340f-ac46-45b0-8b35-285c2089870c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -7543,117 +7626,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF9F1299-82BC-41CE-AC8E-8F51F866E944}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67B40AD6-D14F-4009-8CD5-A5BB024A31D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54ACB736-1A32-DD41-9C26-4F9D9801EB42}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C175B0FF-F9D4-4F6C-9D8A-6E053F029621}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2eceac5b-b3a0-43ad-8cd7-734772f8614b"/>
     <ds:schemaRef ds:uri="9734340f-ac46-45b0-8b35-285c2089870c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...31 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>432</Words>
   <Characters>2467</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>