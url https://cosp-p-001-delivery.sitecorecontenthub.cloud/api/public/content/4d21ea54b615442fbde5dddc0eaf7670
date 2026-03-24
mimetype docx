--- v0 (2025-10-07)
+++ v1 (2026-03-24)
@@ -1,5301 +1,4524 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0FC54249" w14:textId="77777777" w:rsidR="00B426E9" w:rsidRDefault="00B426E9" w:rsidP="00B426E9">
+    <w:p w14:paraId="60B39EF0" w14:textId="77777777" w:rsidR="003E6C8F" w:rsidRDefault="003E6C8F" w:rsidP="003E6C8F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk169526914"/>
       <w:r>
         <w:rPr>
           <w:color w:val="D2232A"/>
           <w:spacing w:val="-8"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Architectural Louvers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D8C947B" w14:textId="77777777" w:rsidR="00B426E9" w:rsidRPr="00E95ED7" w:rsidRDefault="00B426E9" w:rsidP="00B426E9">
+    <w:p w14:paraId="65E5481C" w14:textId="77777777" w:rsidR="003E6C8F" w:rsidRDefault="003E6C8F" w:rsidP="003E6C8F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Sabon LT Pro"/>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="352901BC" w14:textId="3240F83F" w:rsidR="00B426E9" w:rsidRDefault="00B426E9" w:rsidP="00B426E9">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="12B9905E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Suggested Specifications | Section 08 90 00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E425DD" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Model: </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...114 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A12350</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013454FB" w14:textId="77777777" w:rsidR="00B426E9" w:rsidRDefault="00B426E9" w:rsidP="00B426E9">
-[...17 lines deleted...]
-    <w:p w14:paraId="4FACBFD4" w14:textId="77777777" w:rsidR="00B426E9" w:rsidRDefault="00B426E9" w:rsidP="00B426E9">
+    <w:p w14:paraId="128D7FAE" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        </w:tabs>
+      <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Part 1 – General</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5967FB5E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="H4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Part 1 – Genera</w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:tab/>
-      </w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="42938D9E" w14:textId="4F518F3A" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.01 Summary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05233818" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Furnish and install louvers, bird screens, blank-off panels, structural </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="31ACB825" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+        <w:t xml:space="preserve">Furnish and install louvers, bird screens, blank-off panels, structural supports, and attachment brackets as shown on the drawings, as specified, and as needed for a complete and proper installation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332B9642" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">The louvers to </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="4A2143CD" w14:textId="717BDC4B" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="00F02ACD" w:rsidP="00BD2E74">
+        <w:t xml:space="preserve">The louvers to be furnished include the following: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A303BE4" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Acoustical</w:t>
       </w:r>
-      <w:r w:rsidR="001931AF" w:rsidRPr="00E33ABF">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> louvers. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7932D993" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="17767279" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Related sections include: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED1CEE5" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="36123ADD" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Division 7 Section "Joint Sealants" for sealants installed in perimeter joints between louver frames and adjoining construction. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41FAEFA6" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="001931AF">
+    <w:p w14:paraId="7468FEE2" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="H4"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.02 References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52C87F95" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="7B0712B1" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Air Movement and Control Association International, Inc. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70D34D85" w14:textId="08397D59" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="59651466" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">AMCA Standard 500-L Laboratory Methods of Testing Louvers for Rating </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7551D1B6" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="15CC6FE3" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">AMCA Publication 501 Application Manual for Louvers </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE7309F" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="5EED2158" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">The Aluminum Association Incorporated </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66412731" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="4A250A8E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Aluminum Standards and Data </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C895E10" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="0A12BE69" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Specifications and Guidelines for Aluminum Structures </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CEA6ECA" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="0C1F66F0" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">American Society of Civil Engineers </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A939A2" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="2BBCBFC8" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Minimum Design Loads for Buildings and Other Structures </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F14FE9B" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="03163726" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">American Society for Testing and Materials </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33783270" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="064E57F8" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">ASTM B209 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2533BA05" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="06916A30" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">ASTM B211 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7428A8" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="13A37A8A" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">ASTM B221 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F48A2E1" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="01A0B2D1" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">ASTM E90-90 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="409D5027" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="0CF8AEBB" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Architectural Aluminum Manufacturers Association </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E18CDC5" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="3B53F541" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">AAMA 800 Voluntary Specifications and Test Methods for Sealants </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="489AE418" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="1EF4A23C" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">AAMA 605.2 Voluntary Specification for High Performance Organic Coatings on Aluminum Extrusions and Panels. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792D4B5A" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="2A008AE6" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">AAMA TIR Metal Curtain Wall Fasteners </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B0A558" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="71DD6EBF" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">AAMA 2605-98 Superior Performing Organic Coatings on Aluminum Extrusions and Panels </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C3FF4D" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="56EE8361" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Standards Association </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4226211D" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="173312F5" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">CAN3-S157-M83 Strength Design in Aluminum </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD11DD7" w14:textId="06F09032" w:rsidR="001931AF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="1D6AF801" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">S136 94 Cold Formed Steel Structural Members </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D885C3" w14:textId="0F21D76C" w:rsidR="000E2297" w:rsidRDefault="000E2297" w:rsidP="000E2297">
+    <w:p w14:paraId="2BB8FE47" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3072A5CF" w14:textId="793A3437" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="001931AF">
+    <w:p w14:paraId="72FFC14E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="H4"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>1.0</w:t>
       </w:r>
-      <w:r w:rsidR="00817078">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Submittals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="394FD4D6" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="58A7D388" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Product Data </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A4D907" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="396AEE89" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Air flow and water entrainment performance test results. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D26BFBA" w14:textId="6D7B93BE" w:rsidR="001931AF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="564DC759" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Material types and thickness. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E0DFC49" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00F80535" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="00E58969" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00F80535" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80535">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Shop Drawings – Full Shop Drawings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49943085" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00F80535" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="00D54017" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00F80535" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80535">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include elevations, plan views, section views, and specific details for each louver.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55163A67" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00F80535" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="100855A7" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00F80535" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80535">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Include building elevations, key plan, and all relevant datum </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="50CB6453" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00F80535" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+        <w:t>Include building elevations, key plan, and all relevant datum dimensions on to allow for ease of locating louvers relative to the overall building and relative to adjacent construction elements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ACA957C" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00F80535" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80535">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Show anchorage details and connections for all component parts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D49500" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00F80535" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="38D58EE0" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00F80535" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80535">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Include signed and sealed structural calculations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6764FA76" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00F80535" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="73D6FAE1" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00F80535" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80535">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The louver manufacturer shall incorporate a reasonable degree of coordination with adjacent trades, review of supplemental instructions, and new document issuances in their shop drawing issuances and revisions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E97C6D" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00F80535" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="1963879F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00F80535" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4357293B" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00F80535" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="1A56983C" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00F80535" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80535">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D588CA" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00F80535" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="071AF57D" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00F80535" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77ED6461" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00F80535" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="30487F06" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00F80535" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80535">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Shop Drawings – Unit Drawings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6930C384" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00F80535" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="683DCF03" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00F80535" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80535">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include elevations, sections, and specific details for each louver.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC98D7A" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00E530C8" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="263B8B05" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E530C8" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80535">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Show anchorage details and connections for</w:t>
       </w:r>
       <w:r w:rsidRPr="00E530C8">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> all component parts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654531B9" w14:textId="77777777" w:rsidR="00F80535" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="55510BFE" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E530C8">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include signed and sealed structural calculations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38DFE40C" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00E33ABF" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="2145EC90" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="119A8F4F" w14:textId="3AD6BF3D" w:rsidR="001931AF" w:rsidRPr="00F80535" w:rsidRDefault="001931AF" w:rsidP="00F80535">
+    <w:p w14:paraId="12910943" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00F80535" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80535">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Samples </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F355D1" w14:textId="719ABFDB" w:rsidR="001931AF" w:rsidRPr="00A802E6" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="611D049D" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00A802E6" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl/>
-[...313 lines deleted...]
-      <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...33 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00A802E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Metal Chips standard size 3” x 5” choose from 16 colors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3146DA7F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00A802E6" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...7 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00A802E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Wood Grain Color Chips standard size 3” x 5” choose from 15 colors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0638FD5A" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00A802E6" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...7 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00A802E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Wood Grain Color Chain standard size 3” x 5” chain of all 15 wood grains.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="535C168C" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00A802E6" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...14 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00A802E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Wood Grain Color Chart standard size 81/2” x 11” print on demand.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED9E330" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00A802E6" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...21 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00A802E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Standard KYNAR Color Card standard size 81/2” x 11” shows all 20 colors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57ED523F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...54 lines deleted...]
-    <w:p w14:paraId="0A79C0B9" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+      <w:r w:rsidRPr="00A802E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Metallic KYNAR Color Card standard size 81/2” x 11” shows all 20 colors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4679225D" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00F80535" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30281DB5" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Submit color chips for approval. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E086D04" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="H4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quality Assurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744AF822" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Single subcontract responsibility: Subcontract the work to a single firm that has </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>had not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> less than six years’ experience in the design and manufacturing of work similar to that shown and required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B1E2DB4" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Performance Requirements: Provide AMCA test data as required to confirm that the louvers have the specified air and water performance characteristics. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCC4E3F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Structural Requirements: Design all materials to withstand wind and snow loads as required by the applicable building code. Maximum allowable deflection for the louver structural members to be l/180 or 0.75 inches, whichever is less. Maximum allowable deflection for the louver blades to be l/120 or 0.50 inch across the weak axis, whichever is less. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE2AA77" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professional Engineer Requirements: Drawings and structural calculations to be signed and sealed by a professional engineer licensed to practice in the project state. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B2806D" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Warranty: Provide written warranty to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>owner</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that all products will be free of defective materials or workmanship for a period of one year from date of installation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F5D6B2" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="H4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Delivery, Storage and Handling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D3A69AB" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Delivery: At the time of delivery all materials shall </w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="7BE335BF" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+        <w:t>Delivery: At the time of delivery all materials shall be visually inspected for damage. Any damaged boxes, crates, louver sections, etc. shall be noted on the receiving ticket and immediately reported to the shipping company and the material manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F49A64" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Storage: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5691D799" w14:textId="768A2091" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="56D3BCED" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="2520" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Material may </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="3408E21F" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+        <w:t xml:space="preserve">Material may be stored flat end or on its side. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1403BEB2" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="2520" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Material may </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="53D79B6C" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+        <w:t xml:space="preserve">Material may be stored either indoors or outdoors. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB76A09" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="2520" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">If stored outdoors the material must </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="1172681C" w14:textId="45E2A4BA" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+        <w:t xml:space="preserve">If stored outdoors the material must be raised sufficiently off the ground to prevent it being flooded. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6BBE07" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="2520" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">If stored </w:t>
-[...52 lines deleted...]
-    <w:p w14:paraId="6D10C6E5" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+        <w:t xml:space="preserve">If stored outdoors the material must be covered with a weatherproof flame-resistant sheeting or tarpaulin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7965D59A" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Handling: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37AB3F65" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+    <w:p w14:paraId="52C06496" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="2520" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Material shall be </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="3FABD770" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+        <w:t xml:space="preserve">Material shall be handled in accordance with sound material handling practices and in such a way as to minimize racking. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39DFC135" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="2520" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louver sections may </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="3E74C40C" w14:textId="333180D3" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00BD2E74">
+        <w:t xml:space="preserve">Louver sections may be hoisted by attaching straps to the jambs and lifting the section while it is in a vertical position. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5803EB9D" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="2520" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louver sections should only </w:t>
+        <w:t xml:space="preserve">Louver sections should only be lifted and carried by the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t>be lifted</w:t>
+        <w:t>jambs</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and carried by the jambs. Heads, </w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="4CD0083F" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+        <w:t xml:space="preserve">. Heads, sills, and blades are not to be used for lifting or hoisting louver sections. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2972CC50" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63D92FF4" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="3414F094" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PART 2 PRODUCTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E118008" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="225E3D9A" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="206964F6" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="146DFCA3" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.01 Manufacturers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0652F1BC" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="5A81BBD3" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">          A. Basis of Design – manufactured by Construction Specialties subject to compliance with requirements listed. The louvers and related materials herein specified and indicated on the drawings shall </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> by: Construction Specialties, 3 Werner Way, Lebanon, NJ 08833. Tel: 800.233.8493. Email: </w:t>
+        <w:t xml:space="preserve">          A. Basis of Design – manufactured by Construction Specialties subject to compliance with requirements listed. The louvers and related materials herein specified and indicated on the drawings shall be manufactured by: Construction Specialties, 3 Werner Way, Lebanon, NJ 08833. Tel: 800.233.8493. Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00E33ABF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>cet@c-sgroup.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. No substitutions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37106DE6" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="3E0F79D9" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Drawings and specifications are based on manufacturer’s literature from Construction Specialties, Inc. drawings and specifications unless otherwise indicated. Other manufacturers must </w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="0C54D7AA" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+        <w:t xml:space="preserve"> Drawings and specifications are based on manufacturer’s literature from Construction Specialties, Inc. drawings and specifications unless otherwise indicated. Other manufacturers must be approved equal by Architect/Owner. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C25EC2" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE256B2" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="25BA2C05" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F24BE82" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="723772E3" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.02 Materials</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FAD64E2" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="543F5BB6" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Aluminum Extrusions: ASTM B211, Alloy 6063-T5, 6063-T6 or 6061-T6.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A03FBE8" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="1DAE28AA" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Aluminum Sheet: ASTM B3209, Alloy 1100, 3003 or 5005.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E3C9E5" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="3D5AC98A" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EC5557E" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="5EF28D6B" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="236DB3EB" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="1A283D5B" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2.03 Fabrication, General</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429BFCA3" w14:textId="19EC1E2D" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="14C68CBA" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide CS louver models, bird screens, blank-off panels, structural </w:t>
-[...52 lines deleted...]
-    <w:p w14:paraId="7537D0E1" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+        <w:t>Provide CS louver models, bird screens, blank-off panels, structural supports, and accessories as specified and/or shown on the drawings. Materials, sizes, depths, arrangements, and material thickness to be as indicated or as required for optimal performance with respect to strength; durability; and uniform appearance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="201165AF" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louvers to </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="79553581" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+        <w:t>Louvers to be mechanically assembled using stainless steel or aluminum fasteners.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5676A132" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Include supports, anchorage, and accessories required for complete assembly.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="54F29A1C" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+        <w:t xml:space="preserve">Include </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, anchorage, and accessories required for complete assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2012E4F7" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50E7616B" w14:textId="15535859" w:rsidR="00E33ABF" w:rsidRDefault="00E33ABF" w:rsidP="003953BA">
+    <w:p w14:paraId="0FE69D7E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="H4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Louver Models</w:t>
       </w:r>
-      <w:r w:rsidR="00B77285">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="254152E1" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRPr="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00BF0FFD">
+    <w:p w14:paraId="1D34A25F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00BF0FFD" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF0FFD">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>CS 12” (304.8mm) Deep Sightproof Fixed Acoustical Louver Model A-12350</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="08539D63" w14:textId="3D9F64A4" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00BF0FFD">
+        <w:t xml:space="preserve">CS 12” (304.8mm) Deep </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0FFD">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Sightproof</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0FFD">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fixed Acoustical Louver Model A-12350</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0745E7D0" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00BF0FFD" w:rsidRDefault="00E74329" w:rsidP="00E74329"/>
+    <w:p w14:paraId="1FDACD1D" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Material:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Fixed blades and frame to </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> from aluminum alloy sheet. Interior acoustical material to be fiberglass insulation protected by a woven fire retardant (self –extinguishing) 100% polyester sheeting</w:t>
+        <w:t xml:space="preserve"> Fixed blades and frame to be formed from aluminum alloy sheet. Interior acoustical material to be fiberglass insulation protected by a woven fire retardant (self –extinguishing) 100% polyester sheeting</w:t>
       </w:r>
       <w:r w:rsidRPr="001A6645">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F80535" w:rsidRPr="001A6645">
+      <w:r w:rsidRPr="001A6645">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
-      <w:r w:rsidR="00F80535" w:rsidRPr="00F80535">
+      <w:r w:rsidRPr="00F80535">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>ominal minimum material</w:t>
       </w:r>
-      <w:r w:rsidR="00F80535">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F80535" w:rsidRPr="00FB50FA">
+      <w:r w:rsidRPr="00FB50FA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">thickness to be as follows: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Heads, sills, jambs, mullions and fixed blades: 0.081” (2.06mm).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC991C5" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00BF0FFD">
+    <w:p w14:paraId="27FB8E01" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Performance </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> in accordance with AMCA: </w:t>
+        <w:t xml:space="preserve">Performance tested in accordance with AMCA: </w:t>
       </w:r>
       <w:r>
         <w:t>A 4’ x 4’ unit shall conform to the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71E9EBE2" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRPr="00950993" w:rsidRDefault="00BF0FFD" w:rsidP="00BF0FFD">
+    <w:p w14:paraId="7883863D" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00950993" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1530" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6030"/>
         <w:gridCol w:w="2430"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF0FFD" w14:paraId="6BC8C1A1" w14:textId="77777777" w:rsidTr="00F02ACD">
+      <w:tr w:rsidR="00E74329" w14:paraId="7C77EF4B" w14:textId="77777777" w:rsidTr="00400C8B">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6030" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="360B3B95" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="68C1D61B" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:r>
               <w:t>Free Area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67F98DFB" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="6F3FC510" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Batang"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>3.73 sq. ft. (0.347 sq. m.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF0FFD" w14:paraId="1E9FDB3E" w14:textId="77777777" w:rsidTr="00F02ACD">
+      <w:tr w:rsidR="00E74329" w14:paraId="721AC9A9" w14:textId="77777777" w:rsidTr="00400C8B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6030" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FB92977" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="20241373" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:r>
               <w:t xml:space="preserve">Free area velocity at the point of beginning water penetration </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D7863F7" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="230AD85A" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:r>
               <w:t>1096 FPM (334.1 m/min)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF0FFD" w14:paraId="7F3C54A5" w14:textId="77777777" w:rsidTr="00F02ACD">
+      <w:tr w:rsidR="00E74329" w14:paraId="529BCEF7" w14:textId="77777777" w:rsidTr="00400C8B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6030" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75AA8B33" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="08B757DA" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:r>
               <w:t>Intake Pressure drop at the point of beginning water penetration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AAB0DC7" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="7CB1F89E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:r>
               <w:t>0.26 in. H</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:t>O (6.60 mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF0FFD" w14:paraId="1ED49866" w14:textId="77777777" w:rsidTr="00F02ACD">
+      <w:tr w:rsidR="00E74329" w14:paraId="57C990F4" w14:textId="77777777" w:rsidTr="00400C8B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6030" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4888377A" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="3E5FC674" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:r>
-              <w:t>Exhaust pressure drop at 1000 fpm free area velocity (305 m/min)</w:t>
+              <w:t xml:space="preserve">Exhaust pressure </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>drop</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> at 1000 fpm free area velocity (305 m/min)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC50EC6" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="7B4D191E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:r>
               <w:t>0.24 in. H</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:t>O (6.10 mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5CE74C0E" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00BF0FFD">
+    <w:p w14:paraId="6ACAC09F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A7D6524" w14:textId="643AB151" w:rsidR="00E30EC9" w:rsidRDefault="00E30EC9" w:rsidP="00E30EC9">
+    <w:p w14:paraId="7F4C87BF" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1962B809" w14:textId="12AD4BFB" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00F80535">
+    <w:p w14:paraId="3600B17C" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BF0FFD">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Acoustical Performance:</w:t>
+        <w:t>Acoustical</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0FFD">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Performance:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> When </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="7B3B027D" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00BF0FFD">
+        <w:t xml:space="preserve"> When tested in accordance with ASTM Standard E90-90 the louver shall have an STC of 19 and shall provide the following Noise Reduction:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A5A8B4" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="430DBBB0" w14:textId="00E62256" w:rsidR="00E30EC9" w:rsidRDefault="00E30EC9" w:rsidP="00E30EC9">
+    <w:p w14:paraId="1545E63F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1127" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF0FFD" w14:paraId="28DF25F0" w14:textId="77777777" w:rsidTr="00CC3469">
+      <w:tr w:rsidR="00E74329" w14:paraId="49D47A83" w14:textId="77777777" w:rsidTr="00400C8B">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1D561A" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="359EC518" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Frequency (hz):</w:t>
+              <w:t>Frequency (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="397CDC65" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="26FC0B21" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="061FCF79" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="2E43A990" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D66F661" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="74CCB21B" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42069B2A" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="6BD9A9DF" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="127B6F61" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="1856B7CA" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="246C9CE7" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="51D589E3" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75CC1A63" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="0817AA93" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="321D4B51" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="0EF78C77" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>8000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF0FFD" w14:paraId="4901F2E6" w14:textId="77777777" w:rsidTr="00CC3469">
+      <w:tr w:rsidR="00E74329" w14:paraId="0EFB1AAE" w14:textId="77777777" w:rsidTr="00400C8B">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13BF34EB" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="776CBFCA" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Transmission Loss:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="295DCED9" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="22069E2C" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED52C82" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="72EEC623" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23192A41" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="4D3429D8" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1776CDD7" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="65362A7E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43C37CDC" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="6A091A9C" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D99CFE6" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="7A4EAFA8" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50C98B70" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="37B5A9D5" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF71C34" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="4F411623" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF0FFD" w14:paraId="305AEA06" w14:textId="77777777" w:rsidTr="00CC3469">
+      <w:tr w:rsidR="00E74329" w14:paraId="18A6DE76" w14:textId="77777777" w:rsidTr="00400C8B">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD02CA1" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="523B3025" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Noise Reduction:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F4D1CD7" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="43B2D85A" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C5843CA" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="3F22D787" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="412D7480" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="36B31FEC" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07DB1D5B" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="10DC7E53" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C01F124" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="75E6E49B" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="718CDE0C" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="35DCFFD3" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="442F68D2" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="7A4F22AE" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69D520DF" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00CC3469">
+          <w:p w14:paraId="48F27608" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00400C8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2AD0A7F2" w14:textId="77777777" w:rsidR="00BF0FFD" w:rsidRDefault="00BF0FFD" w:rsidP="00BF0FFD">
+    <w:p w14:paraId="54B10844" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17BFF717" w14:textId="3A76E986" w:rsidR="00E30EC9" w:rsidRDefault="00E30EC9" w:rsidP="00E30EC9">
+    <w:p w14:paraId="269709C6" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="542F2EE0" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+    <w:p w14:paraId="0B5EA815" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
         </w:rPr>
         <w:t>Finishes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31261839" w14:textId="2D7CE888" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+    <w:p w14:paraId="4962D51E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="900"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="num" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="00F02ACD" w:rsidRPr="00831AE7">
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">General: Comply with NAAMM "Metal Finishes Manual" for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>finish</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> designations and application recommendations, except as otherwise indicated. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00831AE7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Factory assembled prior to factory applied finish</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Protect finishes on exposed surfaces prior to shipment. Remove scratches and blemishes from exposed surfaces that will be visible after completing </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> process.  </w:t>
+        <w:t xml:space="preserve">. Protect finishes on exposed surfaces prior to shipment. Remove scratches and blemishes from exposed surfaces that will be visible after completing finishing process.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:tab/>
         <w:t>Provide color as indicated or, if not otherwise indicated, as selected by architect.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D7C1C2D" w14:textId="087AA0C7" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+    <w:p w14:paraId="6F96AF2C" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="13"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="900"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="num" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="center" w:pos="3600"/>
+          <w:tab w:val="center" w:pos="4320"/>
+          <w:tab w:val="center" w:pos="5040"/>
+          <w:tab w:val="center" w:pos="5760"/>
+          <w:tab w:val="center" w:pos="6480"/>
+          <w:tab w:val="center" w:pos="7200"/>
+          <w:tab w:val="center" w:pos="7920"/>
+          <w:tab w:val="center" w:pos="8640"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">100% Fluoropolymer Resin Powder Coat System complying with AAMA-2605-5 standards for gloss and color retention. Finish thickness to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.5 to 3.0 mils. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CB0B92" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finish to allow zero VOCs to be emitted into facility of application or at job site. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="428798C3" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Finish to adhere to a 4H Hardness rating.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FC3793" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Furnish manufacturers twenty (20) year warranty for finish for gloss and color retention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74ECDEDC" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
-        <w:autoSpaceDE/>
-[...134 lines deleted...]
-        </w:tabs>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5764C3F4" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="3E2EA3AB" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3942C5FF" w14:textId="3CB6BDCD" w:rsidR="00DF4C5F" w:rsidRDefault="00DF4C5F" w:rsidP="00DF4C5F">
+    <w:p w14:paraId="1E49B9CE" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk79410857"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D29B5">
-        <w:t xml:space="preserve">Wood Grain Powder Coat Finish is durable, with superior scratch and fade resistance. Available in </w:t>
+        <w:t xml:space="preserve">Wood Grain Powder Coat Finish is durable, with superior </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008D29B5">
-        <w:t>1</w:t>
-[...2 lines deleted...]
-        <w:t>1</w:t>
+        <w:t>scratch</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008D29B5">
-        <w:t xml:space="preserve">       </w:t>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D29B5">
+        <w:t>fade</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D29B5">
+        <w:t xml:space="preserve"> resistance. Available in 15       </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">     st</w:t>
       </w:r>
       <w:r w:rsidRPr="008D29B5">
         <w:t>andard wood grain patterns with textured finish.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B29424" w14:textId="77777777" w:rsidR="00DF4C5F" w:rsidRPr="003A5214" w:rsidRDefault="00DF4C5F" w:rsidP="00DF4C5F">
+    <w:p w14:paraId="0D69CFC8" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="003A5214" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="48"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="244" w:lineRule="auto"/>
         <w:ind w:left="1856" w:right="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A5214">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pretreatment: E-CLPS Chrome Free five stage aluminum pretreatment system. Complies with AAMA 2603 AAMA 2604 and AAMA 2605 Superior Performance Standard and meets EPA, OSHA, State and Local environmental requirements and contains no chromates, cyanides, or other heavy metals. Waste treatment is usually a simple pH neutralization and disposal to the sanitary sewer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AEA0504" w14:textId="77777777" w:rsidR="00DF4C5F" w:rsidRPr="003A5214" w:rsidRDefault="00DF4C5F" w:rsidP="00DF4C5F">
+    <w:p w14:paraId="2F54EB1F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="003A5214" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="244" w:lineRule="auto"/>
         <w:ind w:left="3116" w:right="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0ECF3F6D" w14:textId="77777777" w:rsidR="00DF4C5F" w:rsidRPr="003A5214" w:rsidRDefault="00DF4C5F" w:rsidP="00DF4C5F">
+    <w:p w14:paraId="67CCD854" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="003A5214" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="48"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1856"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A5214">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bonded Sublimated Film Finishes: Wood finish </w:t>
+        <w:t xml:space="preserve">Bonded Sublimated Film Finishes: Wood </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003A5214">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
         </w:rPr>
-        <w:t>use</w:t>
+        <w:t>finish</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003A5214">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003A5214">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003A5214">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> a polyurethane powder coat with ink-based wood grain patterns sublimated into the base powder effectively tattooing the powder. The combined effect creates all the aesthetic aspects of real wood while offering the same environmental advantages of powder coated finishes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC0EB53" w14:textId="77777777" w:rsidR="00DF4C5F" w:rsidRPr="003A5214" w:rsidRDefault="00DF4C5F" w:rsidP="00DF4C5F">
+    <w:p w14:paraId="38940713" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="003A5214" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="3116"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6710A7DE" w14:textId="77777777" w:rsidR="00DF4C5F" w:rsidRPr="003A5214" w:rsidRDefault="00DF4C5F" w:rsidP="00DF4C5F">
+    <w:p w14:paraId="21E047B6" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="003A5214" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="48"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:ind w:left="1856"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A5214">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Furnish manufacturers ten (10) year warranty for finish for gloss and color retention</w:t>
       </w:r>
       <w:r w:rsidRPr="003A5214">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0504CBE4" w14:textId="77777777" w:rsidR="00DF4C5F" w:rsidRPr="008D29B5" w:rsidRDefault="00DF4C5F" w:rsidP="00DF4C5F">
+    <w:p w14:paraId="342BC27F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="008D29B5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="240E8DF2" w14:textId="77777777" w:rsidR="00DF4C5F" w:rsidRPr="003D3CE6" w:rsidRDefault="00DF4C5F" w:rsidP="00DF4C5F">
+    <w:p w14:paraId="0DD15084" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="003D3CE6" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:ind w:left="5077"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D684585" w14:textId="77777777" w:rsidR="00DF4C5F" w:rsidRPr="00E33ABF" w:rsidRDefault="00DF4C5F" w:rsidP="00DF4C5F">
+    <w:p w14:paraId="320A8B48" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30B35049" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="598E0CE4" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="540" w:firstLine="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>B.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:tab/>
         <w:t>Three Coat Fluorocarbon Coating</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1BC3F4" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+    <w:p w14:paraId="39916876" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louvers to be finished with a minimum 1.4 mil (0.035mm) thick full strength 70% resin, </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="463953C3" w14:textId="3D01FE61" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+        <w:t>Louvers to be finished with a minimum 1.4 mil (0.035mm) thick full strength 70% resin, 3 coat Fluoropolymer system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A614458" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">All aluminum shall </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="204F3DCD" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+        <w:t>All aluminum shall be thoroughly cleaned, etched, and given a chromated conversion pre-treatment before application of the Kynar/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Hylar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> coating. The coating shall consist of a primer, a high metallic color coat and a clear PVF2 topcoat. It shall receive a bake cycle of 17 minutes at 450°F. All finishing procedures shall be one continuous operation in the plant of the manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2087B6C4" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Manufacturer to furnish an extended </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="1B02B2C6" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+        <w:t>Manufacturer to furnish an extended 20 limited warranty for the Kynar/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Hylar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> coating. This limited warranty shall begin on the date of material shipment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117B4C08" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51910C7A" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="422085AE" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44988727" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="74B53595" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A85AD0D" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+    <w:p w14:paraId="66D57902" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Two Coat Fluorocarbon Coating</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654C82F1" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+    <w:p w14:paraId="26902083" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louvers to be finished with a minimum 1.0 mil (0.025mm) thick full strength 70% resin, </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="434852BC" w14:textId="1433C2A6" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+        <w:t>Louvers to be finished with a minimum 1.0 mil (0.025mm) thick full strength 70% resin, 2 coat Fluoropolymer system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023C12D1" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">All aluminum shall </w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="489AC173" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+        <w:t>All aluminum shall be thoroughly cleaned, etched, and given a chromated conversion pre-treatment before application of the MICA II coating. The coating shall consist of a primer and a pearlescent pigmented PFV2 topcoat. It shall receive a bake cycle of 17 minutes at 450°F. All finishing procedures shall be one continuous operation in the plant of the manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55AA8B81" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Manufacturer to furnish an extended </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="73FC39BB" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+        <w:t>Manufacturer to furnish an extended 20 limited warranty for the Kynar/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Hylar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> coating. This limited warranty shall begin on the date of material shipment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB6BAD2" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E3FBCC9" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="1F29C470" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3A3C9D" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="2061AE5E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B344BD1" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+    <w:p w14:paraId="5E6B1008" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Clear Anodize</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="204D89A3" w14:textId="653E5C46" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+    <w:p w14:paraId="4C52F279" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louvers to </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="59A5FDAB" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+        <w:t xml:space="preserve">Louvers to be given a one-hour 215R1 Architectural Class I anodic coating of 0.7 mil (0.018mm) thickness (Aluminum Association designation AA-C22A41). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252CF78E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">The thickness of the coating shall be </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="50015F96" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+        <w:t xml:space="preserve">The thickness of the coating shall be tested in accordance with ASTM B244-68. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4921D621" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">The coating shall </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="5FBCEEDB" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+        <w:t>The coating shall be sealed to pass the ASTM B136-77 Modified Dye Stain Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32209E22" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E2440F1" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="285F58A4" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FDC4147" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="6CD860B2" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FC13801" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+    <w:p w14:paraId="440273B1" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Bronze Anodic</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="728E57E6" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+    <w:p w14:paraId="2D1D1DDA" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Louvers to </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="59CF1514" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+        <w:t>Louvers to be given a Bronze Anodic Architectural Class 1 coating of 0.7 mil (0.018mm) minimum thickness; and a minimum weight of 27 mg. per sq. in.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510EF1C9" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">The thickness of the coating shall be </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="78688A49" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00BD2E74">
+        <w:t>The thickness of the coating shall be tested in accordance with ASTM B244-68.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455E91B2" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">The coating shall </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="52A3615A" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+        <w:t>The coating shall be sealed to pass the ASTM B136-77 Modified Dye Stain Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58084629" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60DA99C0" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="50786D55" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Bird Screens</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4955B5" w14:textId="52C937B9" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="00C603B0" w:rsidP="000E2297">
+    <w:p w14:paraId="370738EF" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="008F3963" w:rsidRPr="00E33ABF">
+      <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Unless otherwise indicated, all louvers to </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="4169DD5E" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+        <w:t>Unless otherwise indicated, all louvers to be furnished with mill finish bird or insect screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B20079C" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Screens to be </w:t>
+        <w:t xml:space="preserve">Screens to be 5/8” (15.9mm) mesh, 0.050” (1.27mm) thick expanded and flattened aluminum bird screen secured within 0.055” (1.40mm) thick extruded aluminum frames. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5/8</w:t>
+        <w:t>Frames to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>” (15.9mm) mesh, 0.050” (1.27mm) thick expanded and flattened aluminum bird screen secured within 0.055” (1.40mm) thick extruded aluminum frames. Frames to have mitered corners and corner locks.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="155E261C" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+        <w:t xml:space="preserve"> have mitered corners and corner locks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D0BCE6" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57E8B42C" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="10EB7323" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -5303,417 +4526,377 @@
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1554D813" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="33ACC64E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72F20D71" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="064067D8" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Screens to be 18 x 16 aluminum mesh 0.011” (0.279mm) diameter wire insect screens secured within 0.055” (1.40mm) thick extruded aluminum frames. Frames to have mitered corners and corner locks.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4AFA9F43" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+        <w:t xml:space="preserve">Screens to be 18 x 16 aluminum mesh 0.011” (0.279mm) diameter wire insect screens secured within 0.055” (1.40mm) thick extruded aluminum frames. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Frames to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have mitered corners and corner locks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FDC8436" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BBCA6E2" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="79C8F50A" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Blank Offs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDED0C0" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="0066138E" w:rsidRDefault="00F80535" w:rsidP="00DF4C5F">
+    <w:p w14:paraId="2D6D705A" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="0066138E" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066138E">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Furnish as specified and where indicated on the drawings. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Blank- off</w:t>
       </w:r>
       <w:r w:rsidRPr="0066138E">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> panel systems to </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="4AFB3C7A" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00DF4C5F">
+        <w:t xml:space="preserve"> panel systems to be fabricated and installed on the louver by the louver manufacturer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A7BFFF0" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="234BEF49" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00DF4C5F">
+    <w:p w14:paraId="621692D2" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33278AA1" w14:textId="5FF8BB5D" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00DF4C5F">
+    <w:p w14:paraId="170B6D11" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Custom fabricated </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Blank- off</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> panels’ factory </w:t>
+        <w:t xml:space="preserve"> panels’ factory sealed and quality tested. Includes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00391FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>independent 0.50” aluminum sheet forming the primary air and water seal, which is adhered with butyl tape and whose perimeter is fully sealed and tooled with weather silicone. Any insulated blank-off panels are to be fastened independently to the rear side of the louver, through dry zones of the framing and NOT penetrating any part of the primary sealing sheet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C63D26F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1108"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C8CBB14" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1108" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00391FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bird/insect screen shall be installed </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:t>sealed</w:t>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>directly</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> and quality tested. Includes </w:t>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the back of the louver frame in between the louver and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Blank- off</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>independent 0.50” aluminum sheet forming the primary air and water seal, which is adhered with butyl tape and whose perimeter is fully sealed and tooled with weather silicone</w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="0EFE046E" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00DF4C5F">
+        <w:t xml:space="preserve"> system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF19E13" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41FC9D71" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00DF4C5F">
+    <w:p w14:paraId="0949EE09" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="1108" w:firstLine="0"/>
+        <w:ind w:left="1108" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bird/insect screen shall </w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="1330DBB5" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00DF4C5F">
+        <w:t>Includes in-house quality control testing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743D8C68" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5469788F" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00DF4C5F">
-[...29 lines deleted...]
-    <w:p w14:paraId="39147F9E" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="78407A5F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62709B40" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="5CA393CF" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C.    0.050” (1.27mm) thick </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>aluminum s</w:t>
       </w:r>
@@ -5751,101 +4934,99 @@
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ff (uninsulated) panels</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, model SO</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Panels to be finished with standard black Kynar 500 minimum </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mil (0.025mm) thick full strength 70% resin Fluoropolymer coating unless otherwise specified.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1500D1B3" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="0A6A4B70" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="208"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B7985A2" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="2ADCB5FF" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="748"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60088E3D" w14:textId="73A18F29" w:rsidR="00F80535" w:rsidRPr="00027754" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="703EB4DA" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00027754" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027754">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1” (25.4mm) thick</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
@@ -5877,1542 +5058,1303 @@
         </w:rPr>
         <w:t xml:space="preserve"> model IBO-1S,</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> fabricated with hydrophobic fire rated mineral wool</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">core having an R-value of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>core having an R-value of 4 per inch (</w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:position w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> per inch (</w:t>
+        <w:t>F*ft</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:position w:val="8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>F*ft</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>*h/Btu)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00027754">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>faced on both sides with 0.032” (0.81 mm) thick aluminum sheet</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>faced on both sides with 0.032” (0.81 mm) thick aluminum sheet. Panel perimeter frame to be 0.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00027754">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Panel perimeter frame to be 0.0</w:t>
+        <w:t>0” (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t xml:space="preserve">2.03 </w:t>
       </w:r>
       <w:r w:rsidRPr="00027754">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>0” (</w:t>
+        <w:t xml:space="preserve">mm) thick-formed aluminum channels. Panel frame to be mitered at the corners. Panels to be finished with standard black Kynar 500 minimum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.03 </w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00027754">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">mm) thick-formed aluminum channels. Panel frame to </w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> mil (0.025mm) thick full strength 70% resin Fluoropolymer coating unless otherwise specified. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434593B3" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="30ACF865" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38A01950" w14:textId="6DC5CD89" w:rsidR="00F80535" w:rsidRPr="00C603B0" w:rsidRDefault="00C603B0" w:rsidP="00F80535">
+    <w:p w14:paraId="76C2156D" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00C603B0" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C603B0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="586AF129" w14:textId="77777777" w:rsidR="00C603B0" w:rsidRPr="00391FE5" w:rsidRDefault="00C603B0" w:rsidP="00F80535">
+    <w:p w14:paraId="0EBCF588" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70F7DEC9" w14:textId="05B95941" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="02240A7F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2” (50.8mm) thick i</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nsulated blank-off panels</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> model IBO-2S,</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> fabricated with hydrophobic fire rated mineral wool core having an R-value of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> fabricated with hydrophobic fire rated mineral wool core having an R-value of 4 per inch (</w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:position w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> per inch (</w:t>
+        <w:t>F*ft</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:position w:val="8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>F*ft</w:t>
+        <w:t>*h/Btu), faced on both sides with 0.032” (0.81 mm) thick aluminum sheet. Panel perimeter frame to be 0.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-          <w:position w:val="8"/>
-[...4 lines deleted...]
-        <w:t>2</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0” (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2.03</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>*h/Btu</w:t>
-[...7 lines deleted...]
-        <w:t>),</w:t>
+        <w:t xml:space="preserve">mm) thick-formed aluminum channels. Panel frame to be mitered at the corners. Panels to be finished with standard black Kynar 500 minimum </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> faced on both sides with 0.032” (0.81 mm) thick aluminum sheet</w:t>
-[...82 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> mil (0.025mm) thick full strength 70% resin Fluoropolymer coating unless otherwise specified. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="702AC538" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="3BB3646E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33DCED74" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00C603B0" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="6C20B5F0" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00C603B0" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C603B0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8E5B93" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="3DF0B132" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="195BE77A" w14:textId="04C8C00E" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="55CAB27D" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3” (76.2mm) thick i</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nsulated blank-off panels </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">model IBO-3S, </w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">fabricated with hydrophobic fire rated mineral wool core having an R-value of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>fabricated with hydrophobic fire rated mineral wool core having an R-value of 4 per inch (</w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:position w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> per inch (</w:t>
+        <w:t>F*ft</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:position w:val="8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>F*ft</w:t>
+        <w:t>*h/Btu)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
-          <w:position w:val="8"/>
-[...4 lines deleted...]
-        <w:t>2</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>faced</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>*h/Btu</w:t>
-[...31 lines deleted...]
-        <w:t>faced</w:t>
+        <w:t xml:space="preserve"> on both sides with 0.032” (0.81 mm) thick aluminum sheet. Panel perimeter frame to be 0.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> on both sides with 0.032” (0.81 mm) thick aluminum sheet</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>0” (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2.03</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Panel perimeter frame to be 0.0</w:t>
+        <w:t xml:space="preserve">mm) thick-formed aluminum channels. Panel frame to be mitered at the corners. Panels to be finished with standard black Kynar 500 minimum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00391FE5">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>0” (</w:t>
-[...50 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> mil (0.025mm) thick full strength 70% resin Fluoropolymer coating unless otherwise specified. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75CBFB53" w14:textId="77777777" w:rsidR="00F80535" w:rsidRPr="00391FE5" w:rsidRDefault="00F80535" w:rsidP="00F80535">
+    <w:p w14:paraId="5C2E51C1" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00391FE5" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62DE3A1E" w14:textId="77777777" w:rsidR="00C45812" w:rsidRDefault="00C45812" w:rsidP="008F3963">
+    <w:p w14:paraId="78034BFA" w14:textId="77777777" w:rsidR="00E74329" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E8B775C" w14:textId="581CC5D4" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="3186A11E" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>PART 3 EXECUTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276EE229" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="14DFD9F0" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63E6FB49" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="6AB87E16" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.01 Examination:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Examine openings to receive the work. Do not proceed until any unsatisfactory conditions have </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:t xml:space="preserve"> Examine openings to receive the work. Do not proceed until any unsatisfactory conditions have been corrected.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42CA1125" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>been corrected</w:t>
-[...21 lines deleted...]
-    <w:p w14:paraId="39B53574" w14:textId="27772B62" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D009BA5" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.02 Installation</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="16850B92" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+        <w:t xml:space="preserve">3.02 Installation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5FF5A9" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Comply with manufacturer's instructions and recommendations for installation of the work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0919A101" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+    <w:p w14:paraId="2B6043BD" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...21 lines deleted...]
-    <w:p w14:paraId="37426959" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+        <w:t>Verify dimensions of supporting structure at the site by accurate field measurements so that the work will be accurately designed, fabricated, and fitted to the structure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27138081" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anchor louvers to the building substructure as indicated on architectural drawings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D047D6" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+    <w:p w14:paraId="32359C59" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Erection Tolerances:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1660A1AE" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+    <w:p w14:paraId="4DBBC0BF" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Maximum variation from plane or location shown on the approved shop drawings: </w:t>
+        <w:t xml:space="preserve">Maximum variation from plane or location shown on the approved shop drawings: 1/8" per 12 feet of </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>1/8</w:t>
+        <w:t>length, but</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>" per 12 feet of length, but not exceeding 1/2" in any total building length or portion thereof (non-cumulative).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="142747E3" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+        <w:t xml:space="preserve"> not exceeding 1/2" in any total building length or portion thereof (non-cumulative).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DE44FE" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Maximum offset from true alignment between two members abutting end to end, edge-to-edge in line or separated by less than 3": 1/16" (shop or field joints). This limiting condition shall prevail under both load and no-load conditions.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41FD815E" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+        <w:t xml:space="preserve">Maximum offset from true alignment between two members abutting end to end, edge-to-edge in line or separated by less than 3": 1/16" (shop or field joints). This limiting condition shall prevail under both load and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-load conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08098371" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cut and trim component parts during erection only with the approval of the manufacturer or fabricator, and in accordance with his recommendations. Restore finish completely. Remove and replace members where cutting and trimming has impaired the strength or appearance of the assembly.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3558CBF0" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+    <w:p w14:paraId="70043E3F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Do not erect warped, bowed, deformed, or otherwise damaged or defaced members. Remove and replace any members damaged in the erection process as directed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A949965" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+    <w:p w14:paraId="6DD4D991" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Set units level, plumb and true to line, with uniform joints.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C826CB" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="008F3963">
+    <w:p w14:paraId="19AB720F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FD82187" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="61436FF4" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.03 Protection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318B2211" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="732AE0EB" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Protect installed materials to prevent damage by other trades. Use materials that may </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:t>Protect installed materials to prevent damage by other trades. Use materials that may be easily removed without leaving residue or permanent stains.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F038C2F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
+      <w:pPr>
+        <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>be easily removed</w:t>
-[...21 lines deleted...]
-    <w:p w14:paraId="3540C9B4" w14:textId="7E98408E" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5625C7CE" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.04 Adjusting and </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="1186D0D1" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+        <w:t>3.04 Adjusting and Cleaning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="026F16C9" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Immediately clean exposed surfaces of the louvers to remove fingerprints and dirt accumulation during the installation process. Do not let soiling remain until the final cleaning.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C058DE8" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+        <w:t xml:space="preserve">Immediately clean exposed surfaces of the louvers to remove fingerprints and dirt accumulation during the installation process. Do not let </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>soiling</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remain until the final cleaning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC9D48A" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Before final inspection, clean exposed surfaces with water and a mild soap or detergent not harmful to the material finishes. Thoroughly rinse surfaces and dry.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C21EF05" w14:textId="1CCF38C5" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="2BEBA2D4" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Restore louvers and accessory components damaged during installation and construction so no evidence remains of corrective work. If results of restoration are unsuccessful, as determined by the Architect, remove damaged </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00634795" w:rsidRPr="00E33ABF">
+        <w:t xml:space="preserve">Restore louvers and accessory components damaged during installation and construction so no evidence remains of corrective work. If results of restoration are unsuccessful, as determined by the Architect, remove damaged materials, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>materials,</w:t>
-      </w:r>
+        <w:t>replace</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> with new materials.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDB88D4" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="09D270C4" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Touch up minor abrasions in finishes with a compatible air-dried coating that matches the color and gloss of the factory applied coating.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1D0A27" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="693CC932" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E1B4B8A" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="5BFF73A1" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:t>End of Section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282DD104" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="7203D9FA" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00B83EE1" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="18CE3AA4" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E33ABF" w:rsidRDefault="00E74329" w:rsidP="00E74329">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidSect="00C90F1C">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="34347A5F" w14:textId="77777777" w:rsidR="00E74329" w:rsidRPr="00E95ED7" w:rsidRDefault="00E74329" w:rsidP="003E6C8F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sabon LT Pro"/>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E74329" w:rsidRPr="00E95ED7" w:rsidSect="00C90F1C">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1872" w:right="979" w:bottom="1440" w:left="979" w:header="0" w:footer="1051" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E103FFA" w14:textId="77777777" w:rsidR="005032E6" w:rsidRDefault="005032E6">
+    <w:p w14:paraId="600E6808" w14:textId="77777777" w:rsidR="003B3BB8" w:rsidRDefault="003B3BB8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E7AAD1A" w14:textId="77777777" w:rsidR="005032E6" w:rsidRDefault="005032E6">
+    <w:p w14:paraId="2EF4C917" w14:textId="77777777" w:rsidR="003B3BB8" w:rsidRDefault="003B3BB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Light">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Semibold">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sabon LT Pro">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro Light">
-    <w:altName w:val="Segoe UI Light"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
-    <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EC56BD8" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00AC32EC">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503307032" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C64C428" wp14:editId="00C600FC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4450921</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9345295</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2785563" cy="504825"/>
               <wp:effectExtent l="0" t="0" r="10160" b="3175"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
@@ -7489,98 +6431,90 @@
                             </w:rPr>
                             <w:t>Representative.</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="10F915FA" w14:textId="77777777" w:rsidR="00AC32EC" w:rsidRDefault="00947B63" w:rsidP="008C0015">
                           <w:pPr>
                             <w:spacing w:line="208" w:lineRule="exact"/>
                             <w:ind w:left="1230"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="MyriadPro-Semibold"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="MyriadPro-Semibold"/>
                               <w:b/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>c-sgroup.com/representative-locator</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="3ECCD1AA" w14:textId="20C965F7" w:rsidR="002C056E" w:rsidRPr="008C0015" w:rsidRDefault="00947B63" w:rsidP="008C0015">
+                        <w:p w14:paraId="3ECCD1AA" w14:textId="2B1F0E41" w:rsidR="002C056E" w:rsidRPr="008C0015" w:rsidRDefault="00947B63" w:rsidP="008C0015">
                           <w:pPr>
                             <w:spacing w:line="208" w:lineRule="exact"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="008C0015">
                             <w:rPr>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
                             <w:t>© 20</w:t>
                           </w:r>
                           <w:r w:rsidR="00AB2E3C">
                             <w:rPr>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                           <w:r w:rsidR="00E33ABF">
                             <w:rPr>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r w:rsidRPr="008C0015">
                             <w:rPr>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> Construction Specialties, </w:t>
-[...7 lines deleted...]
-                            <w:t xml:space="preserve">Inc. </w:t>
+                            <w:t xml:space="preserve"> Construction Specialties, Inc.  </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3C64C428" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
@@ -7619,98 +6553,90 @@
                       </w:rPr>
                       <w:t>Representative.</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="10F915FA" w14:textId="77777777" w:rsidR="00AC32EC" w:rsidRDefault="00947B63" w:rsidP="008C0015">
                     <w:pPr>
                       <w:spacing w:line="208" w:lineRule="exact"/>
                       <w:ind w:left="1230"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="MyriadPro-Semibold"/>
                         <w:b/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="MyriadPro-Semibold"/>
                         <w:b/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>c-sgroup.com/representative-locator</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="3ECCD1AA" w14:textId="20C965F7" w:rsidR="002C056E" w:rsidRPr="008C0015" w:rsidRDefault="00947B63" w:rsidP="008C0015">
+                  <w:p w14:paraId="3ECCD1AA" w14:textId="2B1F0E41" w:rsidR="002C056E" w:rsidRPr="008C0015" w:rsidRDefault="00947B63" w:rsidP="008C0015">
                     <w:pPr>
                       <w:spacing w:line="208" w:lineRule="exact"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="008C0015">
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
                       <w:t>© 20</w:t>
                     </w:r>
                     <w:r w:rsidR="00AB2E3C">
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r w:rsidR="00E33ABF">
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r w:rsidRPr="008C0015">
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> Construction Specialties, </w:t>
-[...7 lines deleted...]
-                      <w:t xml:space="preserve">Inc. </w:t>
+                      <w:t xml:space="preserve"> Construction Specialties, Inc.  </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503307008" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47207DD7" wp14:editId="44888716">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3488871</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9339943</wp:posOffset>
               </wp:positionV>
@@ -7951,232 +6877,212 @@
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="74ED7B1A" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-9496;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="54pt,726.8pt" to="558pt,726.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4H+9gwgEAAG0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc692kqeusvM4hdnpx&#10;W0tpfsAYWC8qMAiwd/3vO+CPNO2t6gUBb3gz780wfxitYQcVokbX8ptJzZlyAqV2u5a//Hj6MOMs&#10;JnASDDrV8qOK/GHx/t188I26xR6NVIERiYvN4Fvep+SbqoqiVxbiBL1yBHYYLCQ6hl0lAwzEbk11&#10;W9fTasAgfUChYqTb5Qnki8LfdUqk710XVWKm5VRbKmso6zav1WIOzS6A77U4lwH/UIUF7SjplWoJ&#10;Cdg+6L+orBYBI3ZpItBW2HVaqKKB1NzUf6h57sGrooXMif5qU/x/tOLbYROYli2/48yBpRattVPs&#10;Y3Zm8LGhgEe3CVmbGN2zX6P4GQmr3oD5ED0xbYevKIkE9gmLIWMXbH5MUtlYfD9efVdjYoIup3d1&#10;PaupPeKCVdBcHvoQ0xeFluVNyw1VV4jhsI4pFwLNJSTncfikjSltNY4NNJP39ae6vIhotMxojoth&#10;t300gR2AJmM1XX1ezbJkYnsTlqmXEPtTXIFOMxNw72RJ0yuQq/M+gTanPREZd7YpO3Nyc4vyuAk5&#10;T3aMeloynucvD83v5xL1+ksWvwAAAP//AwBQSwMEFAAGAAgAAAAhABxCbFjhAAAAEwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMT8FOwzAMvSPtHyJP4saSMlZNXdMJgThNIG3lwNFrTFvRJFWTdR1fj3dA&#10;cLH8nu3n9/LtZDsx0hBa7zQkCwWCXOVN62oN7+XL3RpEiOgMdt6RhgsF2Bazmxwz489uT+Mh1oJF&#10;XMhQQxNjn0kZqoYshoXvyfHs0w8WI8OhlmbAM4vbTt4rlUqLreMPDfb01FD1dThZDa1ZWtwF9TZ+&#10;lN/hVVX7VSwnrW/n0/OGy+MGRKQp/l3ANQP7h4KNHf3JmSA6xmrNgSI3D6tlCuK6kiQpc8dfTha5&#10;/J+l+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4H+9gwgEAAG0DAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAcQmxY4QAAABMBAAAPAAAAAAAA&#10;AAAAAAAAABwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAKgUAAAAA&#10;" strokecolor="#e6e7e8" strokeweight="1.5pt">
+            <v:line w14:anchorId="06198401" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-9496;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="54pt,726.8pt" to="558pt,726.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBe0FV/sQEAAEwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8mO2zAMvRfoPwi6N/YM2jQ14sxhkull&#10;2gaY9gMYSY6FyqIgKrHz96WUpdut6EUQFz3yPVLLh2lw4mgiWfStvJvVUhivUFu/b+W3r09vFlJQ&#10;Aq/BoTetPBmSD6vXr5ZjaMw99ui0iYJBPDVjaGWfUmiqilRvBqAZBuM52GEcILEZ95WOMDL64Kr7&#10;up5XI0YdIipDxN71OShXBb/rjEpfuo5MEq6V3FsqZyznLp/VagnNPkLorbq0Af/QxQDWc9Eb1BoS&#10;iEO0f0ENVkUk7NJM4VBh11llCgdmc1f/wealh2AKFxaHwk0m+n+w6vPx0W9jbl1N/iU8o/pOLEo1&#10;BmpuwWxQ2EaxGz+h5jHCIWHhO3VxyI+ZiZiKrKebrGZKQrFz/rauFzWrr66xCprrwxApfTQ4iHxp&#10;pbM+M4YGjs+UciPQXFOy2+OTda5MzXkx8sp9qN/V5QWhszpHcx7F/e7RRXEEHvxmvnm/WeRZM9pv&#10;aRl6DdSf80rovBIRD16XMr0BvbncE1h3vjOQ8xeZsjJ54ajZoT5tY66TLR5ZqXhZr7wTv9ol6+cn&#10;WP0AAAD//wMAUEsDBBQABgAIAAAAIQCWbi323AAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9N&#10;S8NAEL0L/odlBG92N9aGErMpIngShbYePE6zYxLMzobsNo3+eqcH0du8D968V25m36uJxtgFtpAt&#10;DCjiOriOGwtv+6ebNaiYkB32gcnCF0XYVJcXJRYunHhL0y41SkI4FmihTWkotI51Sx7jIgzEon2E&#10;0WMSODbajXiScN/rW2Ny7bFj+dDiQI8t1Z+7o7fQuaXH52hep/f9d3wx9XaV9rO111fzwz2oRHP6&#10;M8O5vlSHSjodwpFdVL1gs5YtSY671TIHdbZkWS7c4ZfTVan/z6h+AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAF7QVX+xAQAATAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAJZuLfbcAAAADgEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokecolor="#e6e7e8" strokeweight="1.5pt">
               <o:lock v:ext="edit" shapetype="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67FF4B28" w14:textId="77777777" w:rsidR="005032E6" w:rsidRDefault="005032E6">
+    <w:p w14:paraId="392BA506" w14:textId="77777777" w:rsidR="003B3BB8" w:rsidRDefault="003B3BB8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5521DA2E" w14:textId="77777777" w:rsidR="005032E6" w:rsidRDefault="005032E6">
+    <w:p w14:paraId="2DEFFD87" w14:textId="77777777" w:rsidR="003B3BB8" w:rsidRDefault="003B3BB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="19A3C993" w14:textId="77777777" w:rsidR="000D7F6D" w:rsidRDefault="000D7F6D" w:rsidP="000D7F6D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0E2E0CD9" w14:textId="77777777" w:rsidR="003E6C8F" w:rsidRDefault="003E6C8F" w:rsidP="003E6C8F">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:color w:val="D2232A"/>
         <w:spacing w:val="-8"/>
         <w:lang w:bidi="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="503309080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22B0A90D" wp14:editId="6E5212B0">
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="503309080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="449A5ABA" wp14:editId="70976809">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>419100</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="737235" cy="271780"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="217" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="737235" cy="271780"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5F5ECCBA" w14:textId="77777777" w:rsidR="000D7F6D" w:rsidRDefault="000D7F6D" w:rsidP="000D7F6D">
+                        <w:p w14:paraId="385ACB17" w14:textId="573CFAE1" w:rsidR="003E6C8F" w:rsidRDefault="00F27305" w:rsidP="003E6C8F">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
-                            <w:t>06/17/2024</w:t>
+                            <w:t>03/03/2026</w:t>
                           </w:r>
-                        </w:p>
-[...8 lines deleted...]
-                          </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="22B0A90D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="449A5ABA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:6.85pt;margin-top:33pt;width:58.05pt;height:21.4pt;z-index:503309080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWgEAcCAIAAPQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuGyEQvVfqPyDu9dobu+usvI7SpKkq&#10;pU2ltB+AWfCiAkMBe9f9+g6s41jpLQoHBMzMm3lvhtXVYDTZCx8U2IbOJlNKhOXQKrtt6K+fdx+W&#10;lITIbMs0WNHQgwj0av3+3ap3tSihA90KTxDEhrp3De1idHVRBN4Jw8IEnLBolOANi3j126L1rEd0&#10;o4tyOv1Y9OBb54GLEPD1djTSdcaXUvD4IGUQkeiGYm0x7z7vm7QX6xWrt565TvFjGewVVRimLCY9&#10;Qd2yyMjOq/+gjOIeAsg44WAKkFJxkTkgm9n0BZvHjjmRuaA4wZ1kCm8Hy7/vH90PT+LwCQZsYCYR&#10;3D3w34FYuOmY3Ypr76HvBGsx8SxJVvQu1MfQJHWoQwLZ9N+gxSazXYQMNEhvkirIkyA6NuBwEl0M&#10;kXB8rC6q8mJBCUdTWc2qZW5KweqnYOdD/CLAkHRoqMeeZnC2vw8xFcPqJ5eUy8Kd0jr3VVvSN/Ry&#10;US5ywJnFqIhjp5Vp6HKa1jgIieNn2+bgyJQez5hA2yPpxHNkHIfNgI6J/AbaA9L3MI4Xfof4gJvU&#10;gOm5Vo6SDvzfl2/JDzuJFkp6HMGGhj875gUl+qtFqS9n83ma2XyZL6oSL/7csjm3MMsRqqGRkvF4&#10;E/Ocj5pcY0ukynI9V3zkhKOVVTx+gzS75/fs9fxZ1/8AAAD//wMAUEsDBBQABgAIAAAAIQDPnxTt&#10;2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcmFMEVSlNJwTiCmIDJG5Z&#10;47UVjVM12Vr+Pd4JTn7Ws977XK0XP6gjTbEPbCBbaVDETXA9twbet89XBaiYLDs7BCYDPxRhXZ+f&#10;VbZ0YeY3Om5SqySEY2kNdCmNJWJsOvI2rsJILN4+TN4mWacW3WRnCfcDXmudo7c9S0NnR3rsqPne&#10;HLyBj5f91+eNfm2f/O04h0Uj+zs05vJiebgHlWhJf8dwwhd0qIVpFw7sohoMyCPJQJ7LPLlZnoHa&#10;idBFAVhX+J+//gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAWgEAcCAIAAPQDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDPnxTt2gAAAAcBAAAP&#10;AAAAAAAAAAAAAAAAAGIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="5F5ECCBA" w14:textId="77777777" w:rsidR="000D7F6D" w:rsidRDefault="000D7F6D" w:rsidP="000D7F6D">
+                  <w:p w14:paraId="385ACB17" w14:textId="573CFAE1" w:rsidR="003E6C8F" w:rsidRDefault="00F27305" w:rsidP="003E6C8F">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
-                      <w:t>06/17/2024</w:t>
+                      <w:t>03/03/2026</w:t>
                     </w:r>
-                  </w:p>
-[...8 lines deleted...]
-                    </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3B78C1D4" w14:textId="77777777" w:rsidR="000D7F6D" w:rsidRPr="008757B9" w:rsidRDefault="000D7F6D" w:rsidP="000D7F6D">
+  <w:p w14:paraId="17AF8BFE" w14:textId="77777777" w:rsidR="003E6C8F" w:rsidRPr="008757B9" w:rsidRDefault="003E6C8F" w:rsidP="003E6C8F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>ARCHITECTURAL</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:spacing w:val="27"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:sz w:val="20"/>
@@ -8196,60 +7102,60 @@
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>SOLUTIONS</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:spacing w:val="15"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>- LOUVER SPECIFICATION</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="62143A12" w14:textId="77777777" w:rsidR="000D7F6D" w:rsidRDefault="000D7F6D">
+  <w:p w14:paraId="0715EEB1" w14:textId="1F5A1557" w:rsidR="002C056E" w:rsidRPr="003E6C8F" w:rsidRDefault="002C056E" w:rsidP="003E6C8F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -8736,187 +7642,166 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="06675B54"/>
+    <w:nsid w:val="07E809CF"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="41745158"/>
+    <w:tmpl w:val="94285434"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="3"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09D0191A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C469B52"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1536" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2256" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -9340,288 +8225,50 @@
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1C767FC1"/>
-[...236 lines deleted...]
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EED156B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EFBA6400"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9717,170 +8364,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-[...118 lines deleted...]
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="229C6342"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F60AEF8"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9922,51 +8450,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C893323"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="58C02612"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimalZero"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10062,51 +8590,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36977A70"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10587516"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10181,192 +8709,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-[...140 lines deleted...]
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CDB62A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DC8365E"/>
     <w:lvl w:ilvl="0" w:tplc="6C28D4AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -10411,51 +8798,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E297104"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94285434"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10530,64 +8917,64 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="481A51CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F2E74A4"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1080"/>
-[...1 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="900"/>
+        </w:tabs>
+        <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
@@ -10649,51 +9036,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ADA41C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="726E875C"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -10735,51 +9122,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B624144"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6B4CC630"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10854,51 +9241,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B902A4A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10973,51 +9360,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F0E1699"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11092,51 +9479,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FB5192A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F21A9182"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11212,51 +9599,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50E23C79"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D25CC2CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11352,137 +9739,170 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-[...5 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52B51EFA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="37BECECC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
-      <w:lvlJc w:val="right"/>
-[...6 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="8280" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53837E95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24F2B174"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11554,137 +9974,170 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
-[...5 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5616513C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="94285434"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...9 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ABD5875"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE6275E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11759,54 +10212,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5BD00286"/>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FAF0AF0"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="94285434"/>
+    <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -11878,51 +10331,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61E71644"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0749CCE"/>
     <w:lvl w:ilvl="0" w:tplc="082CD638">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -11967,51 +10420,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="632F4A92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B5245E0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12053,51 +10506,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66A47DDA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE6275E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12172,51 +10625,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6705019A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94285434"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12291,51 +10744,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="682D42A1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94285434"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12410,329 +10863,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
-[...277 lines deleted...]
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="760B4675"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12807,51 +10982,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA12E06"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ADD2FE88"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimalZero"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12947,51 +11122,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F664DB4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE6275E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13066,123 +11241,114 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="330908579">
+  <w:num w:numId="1" w16cid:durableId="1593780315">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2080204612">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1986934753">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1516338131">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="178743504">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1437603310">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="963268515">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="167211683">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1923252025">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="201721569">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="253250817">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="11" w16cid:durableId="739644652">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="275869254">
-    <w:abstractNumId w:val="35"/>
+  <w:num w:numId="12" w16cid:durableId="2007514617">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="835726192">
-    <w:abstractNumId w:val="37"/>
+  <w:num w:numId="13" w16cid:durableId="1673289416">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="687873832">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="14" w16cid:durableId="432629383">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1553537097">
-    <w:abstractNumId w:val="36"/>
+  <w:num w:numId="15" w16cid:durableId="371152239">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1770614883">
-[...5 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="187065123">
+  <w:num w:numId="16" w16cid:durableId="604116516">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1289169657">
-    <w:abstractNumId w:val="33"/>
+  <w:num w:numId="17" w16cid:durableId="1485009688">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1375077209">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="18" w16cid:durableId="407576834">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1428236217">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="19" w16cid:durableId="835415140">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="781846342">
-[...2 lines deleted...]
-  <w:num w:numId="14" w16cid:durableId="990981059">
+  <w:num w:numId="20" w16cid:durableId="1806004803">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="684020181">
-[...8 lines deleted...]
-  <w:num w:numId="18" w16cid:durableId="166334925">
+  <w:num w:numId="21" w16cid:durableId="732856153">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="881752228">
-[...17 lines deleted...]
-  <w:num w:numId="25" w16cid:durableId="1934246007">
+  <w:num w:numId="22" w16cid:durableId="1401050970">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
@@ -13213,51 +11379,51 @@
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="6">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1186021815">
+  <w:num w:numId="23" w16cid:durableId="1540435832">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
@@ -13274,51 +11440,51 @@
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:lvl w:ilvl="5">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:lvl w:ilvl="6">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1923949204">
+  <w:num w:numId="24" w16cid:durableId="1660188187">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
@@ -13349,51 +11515,51 @@
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="6">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1907564177">
+  <w:num w:numId="25" w16cid:durableId="1670520084">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
@@ -13410,51 +11576,51 @@
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:lvl w:ilvl="5">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:lvl w:ilvl="6">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="2015499043">
+  <w:num w:numId="26" w16cid:durableId="1566645545">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
@@ -13485,112 +11651,51 @@
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="6">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="2060859004">
-[...60 lines deleted...]
-  <w:num w:numId="31" w16cid:durableId="986593553">
+  <w:num w:numId="27" w16cid:durableId="1149589542">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
@@ -13621,51 +11726,51 @@
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="6">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1122184893">
+  <w:num w:numId="28" w16cid:durableId="519583551">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
@@ -13696,51 +11801,51 @@
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="6">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="206917342">
+  <w:num w:numId="29" w16cid:durableId="491340365">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
@@ -13757,273 +11862,351 @@
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:lvl w:ilvl="5">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:lvl w:ilvl="6">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1641379129">
+  <w:num w:numId="30" w16cid:durableId="2014332064">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1512336516">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1004866331">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1520394359">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="33" w16cid:durableId="1827821139">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1679892257">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="34" w16cid:durableId="2053142401">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="607080503">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="35" w16cid:durableId="1863324414">
+    <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="1262297123">
+  <w:num w:numId="36" w16cid:durableId="1382828444">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="630327682">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1874540605">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="558051011">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1172597794">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="40" w16cid:durableId="1988901903">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="230387422">
-    <w:abstractNumId w:val="38"/>
+  <w:num w:numId="41" w16cid:durableId="1611470915">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="768893439">
-[...23 lines deleted...]
-  <w:numIdMacAtCleanup w:val="38"/>
+  <w:numIdMacAtCleanup w:val="37"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="91"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="187"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009525AD"/>
     <w:rsid w:val="000158E6"/>
+    <w:rsid w:val="00023DDB"/>
+    <w:rsid w:val="00037BAA"/>
+    <w:rsid w:val="00041A3E"/>
     <w:rsid w:val="0004560A"/>
     <w:rsid w:val="00047809"/>
-    <w:rsid w:val="000D7F6D"/>
+    <w:rsid w:val="000E068B"/>
     <w:rsid w:val="000E2297"/>
+    <w:rsid w:val="00114587"/>
+    <w:rsid w:val="001440CD"/>
     <w:rsid w:val="00155D81"/>
+    <w:rsid w:val="001861A5"/>
     <w:rsid w:val="001931AF"/>
-    <w:rsid w:val="001A6645"/>
     <w:rsid w:val="001D17DE"/>
     <w:rsid w:val="001E05E6"/>
     <w:rsid w:val="001F6721"/>
     <w:rsid w:val="002000FB"/>
     <w:rsid w:val="00217A5D"/>
     <w:rsid w:val="0022592F"/>
     <w:rsid w:val="00266ACC"/>
     <w:rsid w:val="00287776"/>
     <w:rsid w:val="002A2E66"/>
     <w:rsid w:val="002C056E"/>
     <w:rsid w:val="002C6FA7"/>
     <w:rsid w:val="002F1B74"/>
+    <w:rsid w:val="003148EA"/>
+    <w:rsid w:val="00321918"/>
     <w:rsid w:val="00330376"/>
     <w:rsid w:val="003853F2"/>
     <w:rsid w:val="00391FE5"/>
     <w:rsid w:val="003953BA"/>
     <w:rsid w:val="003B0F88"/>
+    <w:rsid w:val="003B3BB8"/>
     <w:rsid w:val="003D08DE"/>
     <w:rsid w:val="003E5953"/>
+    <w:rsid w:val="003E6C8F"/>
     <w:rsid w:val="00455B83"/>
     <w:rsid w:val="00464BB6"/>
+    <w:rsid w:val="00466D25"/>
     <w:rsid w:val="00467C80"/>
     <w:rsid w:val="00490CBD"/>
     <w:rsid w:val="00493ED8"/>
-    <w:rsid w:val="005032E6"/>
+    <w:rsid w:val="00546978"/>
     <w:rsid w:val="00561899"/>
     <w:rsid w:val="00574EB0"/>
+    <w:rsid w:val="005821AF"/>
+    <w:rsid w:val="005C644B"/>
     <w:rsid w:val="005E21A0"/>
     <w:rsid w:val="005E2B34"/>
     <w:rsid w:val="00613995"/>
-    <w:rsid w:val="00634795"/>
+    <w:rsid w:val="00632C3F"/>
     <w:rsid w:val="00656A05"/>
+    <w:rsid w:val="006979F7"/>
     <w:rsid w:val="00697C82"/>
+    <w:rsid w:val="006B20BB"/>
     <w:rsid w:val="006F39D0"/>
-    <w:rsid w:val="007063AC"/>
     <w:rsid w:val="00707441"/>
     <w:rsid w:val="00730E54"/>
     <w:rsid w:val="007317F1"/>
+    <w:rsid w:val="007409C7"/>
+    <w:rsid w:val="00741912"/>
     <w:rsid w:val="00743C38"/>
     <w:rsid w:val="00743C40"/>
+    <w:rsid w:val="007567BE"/>
     <w:rsid w:val="0078059C"/>
     <w:rsid w:val="007A2756"/>
     <w:rsid w:val="007E491C"/>
-    <w:rsid w:val="00817078"/>
+    <w:rsid w:val="008209D7"/>
     <w:rsid w:val="00830B5A"/>
+    <w:rsid w:val="00831FC5"/>
     <w:rsid w:val="00851755"/>
     <w:rsid w:val="008C0015"/>
+    <w:rsid w:val="008C12B5"/>
     <w:rsid w:val="008F3963"/>
     <w:rsid w:val="008F5191"/>
     <w:rsid w:val="00947B63"/>
     <w:rsid w:val="009525AD"/>
     <w:rsid w:val="00955096"/>
     <w:rsid w:val="009827DB"/>
     <w:rsid w:val="00992A00"/>
-    <w:rsid w:val="009F6CB1"/>
+    <w:rsid w:val="00A02360"/>
+    <w:rsid w:val="00A07383"/>
     <w:rsid w:val="00A36A8D"/>
     <w:rsid w:val="00A72E85"/>
+    <w:rsid w:val="00A77CFA"/>
     <w:rsid w:val="00A802E6"/>
     <w:rsid w:val="00A95886"/>
     <w:rsid w:val="00AB2E3C"/>
     <w:rsid w:val="00AC2D3C"/>
     <w:rsid w:val="00AC32EC"/>
     <w:rsid w:val="00AD1C42"/>
     <w:rsid w:val="00AE2567"/>
     <w:rsid w:val="00B32912"/>
     <w:rsid w:val="00B4092D"/>
-    <w:rsid w:val="00B426E9"/>
+    <w:rsid w:val="00B6185F"/>
     <w:rsid w:val="00B77285"/>
     <w:rsid w:val="00B919DE"/>
     <w:rsid w:val="00BD1549"/>
     <w:rsid w:val="00BD2E74"/>
     <w:rsid w:val="00BD3068"/>
     <w:rsid w:val="00BD7FA4"/>
+    <w:rsid w:val="00BE3672"/>
+    <w:rsid w:val="00BE53BB"/>
     <w:rsid w:val="00BF0FFD"/>
     <w:rsid w:val="00C11373"/>
     <w:rsid w:val="00C45812"/>
+    <w:rsid w:val="00C54794"/>
     <w:rsid w:val="00C554FC"/>
-    <w:rsid w:val="00C603B0"/>
     <w:rsid w:val="00C66AC0"/>
     <w:rsid w:val="00C67048"/>
     <w:rsid w:val="00C83646"/>
     <w:rsid w:val="00C90F1C"/>
     <w:rsid w:val="00C968C5"/>
     <w:rsid w:val="00CA6EDC"/>
     <w:rsid w:val="00CD50E8"/>
     <w:rsid w:val="00D17161"/>
     <w:rsid w:val="00D34D9D"/>
-    <w:rsid w:val="00D86754"/>
+    <w:rsid w:val="00D81049"/>
+    <w:rsid w:val="00D81BB1"/>
     <w:rsid w:val="00D94088"/>
+    <w:rsid w:val="00DB618C"/>
     <w:rsid w:val="00DB7265"/>
-    <w:rsid w:val="00DF4C5F"/>
+    <w:rsid w:val="00DC1BB6"/>
     <w:rsid w:val="00E30EC9"/>
     <w:rsid w:val="00E33ABF"/>
     <w:rsid w:val="00E53005"/>
     <w:rsid w:val="00E530C8"/>
+    <w:rsid w:val="00E57FB8"/>
+    <w:rsid w:val="00E74329"/>
     <w:rsid w:val="00E864EA"/>
     <w:rsid w:val="00ED185E"/>
     <w:rsid w:val="00EE31B4"/>
-    <w:rsid w:val="00F02ACD"/>
     <w:rsid w:val="00F03A30"/>
+    <w:rsid w:val="00F27305"/>
+    <w:rsid w:val="00F27A65"/>
+    <w:rsid w:val="00F35C72"/>
     <w:rsid w:val="00F41442"/>
+    <w:rsid w:val="00F70EF1"/>
     <w:rsid w:val="00F76E0F"/>
-    <w:rsid w:val="00F80535"/>
     <w:rsid w:val="00F91B35"/>
     <w:rsid w:val="00FB50FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val="|"/>
   <w14:docId w14:val="71ADB91A"/>
   <w15:docId w15:val="{8A3169AA-463A-A84A-A3F5-2B0C570C5E90}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14715,93 +12898,93 @@
     <w:rsid w:val="00E33ABF"/>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00613995"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00DF4C5F"/>
+    <w:rsid w:val="00E57FB8"/>
     <w:rPr>
       <w:rFonts w:ascii="MyriadPro-Light" w:eastAsia="MyriadPro-Light" w:hAnsi="MyriadPro-Light" w:cs="MyriadPro-Light"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00B426E9"/>
+    <w:rsid w:val="003E6C8F"/>
     <w:pPr>
       <w:spacing w:before="291"/>
       <w:ind w:left="100"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Sabon LT Pro" w:eastAsia="Sabon LT Pro" w:hAnsi="Sabon LT Pro" w:cs="Sabon LT Pro"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00B426E9"/>
+    <w:rsid w:val="003E6C8F"/>
     <w:rPr>
       <w:rFonts w:ascii="Sabon LT Pro" w:eastAsia="Sabon LT Pro" w:hAnsi="Sabon LT Pro" w:cs="Sabon LT Pro"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cet@c-sgroup.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -15071,76 +13254,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{608F7CC3-FEB0-5E4F-9C35-96A651C416C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>14413</Characters>
+  <Pages>7</Pages>
+  <Words>2506</Words>
+  <Characters>14285</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
+  <Lines>119</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16908</CharactersWithSpaces>
+  <CharactersWithSpaces>16758</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Justin Teffeteller</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2019-05-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 14.0 (Macintosh)</vt:lpwstr>
   </property>