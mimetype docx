--- v0 (2025-10-13)
+++ v1 (2026-03-14)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4E140099" w14:textId="11D71D94" w:rsidR="003E778D" w:rsidRPr="00BD6BBB" w:rsidRDefault="003E778D" w:rsidP="003E778D">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Sabon LT Pro"/>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57465852" wp14:editId="40B72751">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>285115</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4152900" cy="1270"/>
@@ -158,62 +159,51 @@
           <w:szCs w:val="36"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6BBB">
         <w:rPr>
           <w:rFonts w:ascii="Sabot lt pro" w:hAnsi="Sabot lt pro"/>
           <w:bCs/>
           <w:color w:val="D2232A"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sabot lt pro" w:hAnsi="Sabot lt pro"/>
           <w:bCs/>
           <w:color w:val="D2232A"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>4000 Models P-</w:t>
-[...10 lines deleted...]
-        <w:t>RWS, P-RWSSS and P-OWS</w:t>
+        <w:t>4000 Models P-RWS, P-RWSSS and P-OWS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6128A3F8" w14:textId="77777777" w:rsidR="003E778D" w:rsidRPr="00BD6BBB" w:rsidRDefault="003E778D" w:rsidP="003E778D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Sabon LT Pro"/>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00352FFA">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve">uggested Specifications | Section 10 26 </w:t>
       </w:r>
@@ -376,111 +366,77 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2CD7C4AB" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Corner Guards, Bumper Guards, Crash Rails, Accent Rails, Wall Covering, Wall Panels, Door Protection; refer to section 10 26 00 “Wall and Door </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Corner Guards, Bumper Guards, Crash Rails, Accent Rails, Wall Covering, Wall Panels, Door Protection; refer to section 10 26 00 “Wall and Door Protection”</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6CA0A32B" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Blocking in walls for fasteners; refer to section 09 22 00 “Supports for Plaster and Gypsum </w:t>
-[...21 lines deleted...]
-        <w:t>”</w:t>
+        <w:t>Blocking in walls for fasteners; refer to section 09 22 00 “Supports for Plaster and Gypsum Board”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69A09AA9" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="0081642C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="515A30EA" w14:textId="2DF00C7F" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="003E778D" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
@@ -1017,192 +973,129 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5D46CBF8" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fire performance characteristics: Provide wood and metal components </w:t>
-[...32 lines deleted...]
-        <w:t>ASTM E84 for Class A/1 fire characteristics.</w:t>
+        <w:t>Fire performance characteristics: Provide wood and metal components tested in accordance with ASTM E84 for Class A/1 fire characteristics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000BE076" w14:textId="6AB4400E" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Impact Strength: </w:t>
       </w:r>
       <w:r w:rsidR="00E92162" w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Impact strength: </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk63784301"/>
       <w:r w:rsidR="00E92162" w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide wall protection components that have been </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> for impact using a ram-   type impact test in accordance with the applicable provisions of ASTM F476 -84</w:t>
+        <w:t>Provide wall protection components that have been tested for impact using a ram-   type impact test in accordance with the applicable provisions of ASTM F476 -84</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00E92162" w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62AEB501" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> responsibility: Provide all components of the wall protection system manufactured by the same company to ensure compatibility of color, texture and physical properties.</w:t>
+      <w:r w:rsidRPr="003E778D">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Single source responsibility: Provide all components of the wall protection system manufactured by the same company to ensure compatibility of color, texture and physical properties.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6362D2A9" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="0081642C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61388911" w14:textId="60B567A8" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="003E778D" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
@@ -1236,147 +1129,114 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="50EF2BB0" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Deliver materials to the project site in unopened original factory packaging clearly labeled to show manufacturer.</w:t>
+        <w:t xml:space="preserve">Deliver materials to the project site in unopened original factory packaging clearly labeled to show </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E778D">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="026BE8F7" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Store materials in original, undamaged packaging in a cool, dry place out of direct sunlight and exposure to the elements. A minimum room temperature of 40°F (4°C) and a maximum of 100°F (38°C) should </w:t>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Store materials in original, undamaged packaging in a cool, dry place out of direct sunlight and exposure to the elements. A minimum room temperature of 40°F (4°C) and a maximum of 100°F (38°C) should be maintained.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00D50009" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Material must </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> flat.</w:t>
+        <w:t>Material must be stored flat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="066F0482" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="0081642C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C0CB247" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
@@ -1425,73 +1285,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="78C3C4B3" w14:textId="30EA6FB5" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Installation areas must </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> and weatherproofed before installation commences.</w:t>
+        <w:t>Installation areas must be enclosed and weatherproofed before installation commences.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CCC2FAC" w14:textId="5E77AB62" w:rsidR="00175363" w:rsidRPr="003E778D" w:rsidRDefault="00175363" w:rsidP="00175363">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -1535,65 +1373,51 @@
         </w:numPr>
         <w:autoSpaceDE/>
         <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Applies to Interior Wall Protection orders that </w:t>
       </w:r>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>do not</w:t>
       </w:r>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> include recommended components or </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> include recommended components or accessories </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43EF6A53" w14:textId="77777777" w:rsidR="00175363" w:rsidRPr="003E778D" w:rsidRDefault="00175363" w:rsidP="00175363">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:t>Assemblies = Brackets, Hardware</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52CEDBCD" w14:textId="77777777" w:rsidR="00175363" w:rsidRPr="003E778D" w:rsidRDefault="00175363" w:rsidP="00175363">
       <w:pPr>
@@ -1825,163 +1649,118 @@
         <w:r w:rsidRPr="003E778D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           </w:rPr>
           <w:t>cet@c-sgroup.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0E14F684" w14:textId="77777777" w:rsidR="00175363" w:rsidRPr="003E778D" w:rsidRDefault="00175363" w:rsidP="00175363">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Drawings and specifications are based on manufacturer’s literature from Construction Specialties, Inc. drawings and specifications unless otherwise indicated. Other manufacturers must be approved </w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">Drawings and specifications are based on manufacturer’s literature from Construction Specialties, Inc. drawings and specifications unless otherwise indicated. Other manufacturers must be approved equal by Architect/Owner.  </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3EB29C8B" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="0081642C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="652C5CE1" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Materials</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F42284" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Solid Wood Components: Shall </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> from plain sawn, FAS grade hardwood, kiln dried to a moisture content of 6% to 10%. All wood components shall be factory finished.</w:t>
+        <w:t>Solid Wood Components: Shall be manufactured from plain sawn, FAS grade hardwood, kiln dried to a moisture content of 6% to 10%. All wood components shall be factory finished.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D304499" w14:textId="512531F2" w:rsidR="001D229D" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="001D229D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
@@ -2045,95 +1824,73 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="63A2D63F" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fasteners: All fasteners to be non-corrosive and compatible with aluminum retainers. All necessary </w:t>
+        <w:t xml:space="preserve">Fasteners: All fasteners to be non-corrosive and compatible with aluminum retainers. All necessary fasteners </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>fasteners</w:t>
+        <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> by the manufacturer.</w:t>
+        <w:t xml:space="preserve"> be supplied by the manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79022352" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="0081642C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62120B54" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
@@ -2159,242 +1916,181 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Handrails to be CS Acrovyn: Surface mounted handrail and crash rail configuration with mounting brackets spaced as indicated on installation instructions. Attachment hardware shall be appropriate for wall construction.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462CCF16" w14:textId="2193BE72" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
+    <w:p w14:paraId="462CCF16" w14:textId="2CC30A78" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Model P-RWS  6 3/8" (161.9mm) high configuration consisting of a round wood </w:t>
+        <w:t xml:space="preserve">Model P-RWS  6 3/8" (161.9mm) high configuration consisting of a round wood handrail,  a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>handrail,  a</w:t>
+        <w:t>stainless steel</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> stainless steel crash rail and matching end caps returning to the wall. Select handrail from </w:t>
+        <w:t xml:space="preserve"> crash rail and matching end caps returning to the wall. Select handrail from </w:t>
       </w:r>
       <w:r w:rsidR="0025022F" w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Renassaince</w:t>
+        <w:t>Renassaince™  wood</w:t>
+      </w:r>
+      <w:r w:rsidR="001D229D" w:rsidRPr="003E778D">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E778D">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pecies and finishes. FSC certified wood can be specified. Dual cantilevered mounting brackets to be stainless steel. For optional stainless steel end caps specify P-RWSSS. Optional </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="0025022F" w:rsidRPr="003E778D">
+      <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>™  wood</w:t>
+        <w:t>90 degree</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="001D229D" w:rsidRPr="003E778D">
+      <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> s</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> stainless steel outside corners and 3" (76.2mm) splices available. All </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">pecies and finishes. FSC certified wood can </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>stainless steel</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>be specified</w:t>
-[...83 lines deleted...]
-        <w:t xml:space="preserve"> with optional powder coat; select from standard powder coat finishes.</w:t>
+        <w:t xml:space="preserve"> components available with optional powder coat; select from standard powder coat finishes.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Specifier note: refer to the Acrovyn Cradle to Cradle Product Summary at </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="003E778D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>www.acrovyn.com/c2c</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
@@ -2450,216 +2146,168 @@
         <w:t xml:space="preserve"> is a certification mark licensed by the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Cradle to Cradle</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Products Innovation Institute.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4011566F" w14:textId="7DBD2A1A" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
+    <w:p w14:paraId="4011566F" w14:textId="517579C1" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Model P-OWS  6" (152.4mm) high configuration consisting of an oval wood </w:t>
+        <w:t xml:space="preserve">Model P-OWS  6" (152.4mm) high configuration consisting of an oval wood handrail,  a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>handrail,  a</w:t>
+        <w:t>stainless steel</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> stainless steel crash rail and matching end caps returning to the wall. Select handrail from </w:t>
+        <w:t xml:space="preserve"> crash rail and matching end caps returning to the wall. Select handrail from </w:t>
       </w:r>
       <w:r w:rsidR="00093780" w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="0025022F" w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>enassaince™ w</w:t>
       </w:r>
       <w:r w:rsidR="00093780" w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ood </w:t>
       </w:r>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">species and finishes. FSC certified wood can </w:t>
+        <w:t xml:space="preserve">species and finishes. FSC certified wood can be specified. Dual cantilevered mounting brackets to be stainless steel. All </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>be specified</w:t>
+        <w:t>stainless steel</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Custom woods and finishes available. Dual cantilevered mounting brackets to be stainless steel. All </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> with optional powder coat; select from standard powder coat finishes.</w:t>
+        <w:t xml:space="preserve"> components available with optional powder coat; select from standard powder coat finishes.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Specifier note: refer to the Acrovyn Cradle to Cradle Product Summary at </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="003E778D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>www.acrovyn.com/c2c</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
@@ -2781,139 +2429,73 @@
     </w:p>
     <w:p w14:paraId="6DEF5958" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wood components to be </w:t>
+        <w:t xml:space="preserve">Wood components to be final coated with water based, high solids, clear lacquer using a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>final</w:t>
+        <w:t>two coat</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> coated with water based, high solids, clear lacquer using a </w:t>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> on 60° gloss meter as per ASTM D523.</w:t>
+        <w:t xml:space="preserve"> process. Finish shall be in accordance with specified AWI finish system. Coverage shall be a minimum of 3-5 mils. Gloss shall be measured on 60° gloss meter as per ASTM D523.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12437BA9" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
@@ -2951,51 +2533,50 @@
     <w:p w14:paraId="21F16BB6" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Fabrication</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45BDE3C2" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
@@ -3141,121 +2722,77 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="071DC25E" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Verification of conditions: Examine areas and conditions under which work is to </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> and identify conditions detrimental to proper or timely completion.</w:t>
+        <w:t>Verification of conditions: Examine areas and conditions under which work is to be performed and identify conditions detrimental to proper or timely completion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BB64D71" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Do not proceed until unsatisfactory conditions have </w:t>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Do not proceed until unsatisfactory conditions have been corrected.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC5B1DB" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="0081642C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A44F52D" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
@@ -3397,73 +2934,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7EE3FA90" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Temperature at the time of installation must be between 65°-75°F (18°-24°C) and </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> for at least 48 hours after the installation.</w:t>
+        <w:t>Temperature at the time of installation must be between 65°-75°F (18°-24°C) and be maintained for at least 48 hours after the installation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B107461" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="0081642C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="114D6FB4" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
@@ -3579,157 +3094,135 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="784B27C8" w14:textId="77777777" w:rsidR="0081642C" w:rsidRPr="003E778D" w:rsidRDefault="0081642C" w:rsidP="00B009F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E778D">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Protect installed materials to prevent damage by other trades. Use materials that may </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> without leaving residue or permanent stains.</w:t>
+        <w:t>Protect installed materials to prevent damage by other trades. Use materials that may be easily removed without leaving residue or permanent stains.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="764228E0" w14:textId="77777777" w:rsidR="00641137" w:rsidRPr="003E778D" w:rsidRDefault="00641137" w:rsidP="00641137">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00641137" w:rsidRPr="003E778D" w:rsidSect="00C56A0E">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1872" w:right="979" w:bottom="1440" w:left="979" w:header="0" w:footer="1051" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FABD9C3" w14:textId="77777777" w:rsidR="00B54870" w:rsidRDefault="00B54870">
+    <w:p w14:paraId="5A732BC4" w14:textId="77777777" w:rsidR="004E22C3" w:rsidRDefault="004E22C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="595B111E" w14:textId="77777777" w:rsidR="00B54870" w:rsidRDefault="00B54870">
+    <w:p w14:paraId="5F4BC10D" w14:textId="77777777" w:rsidR="004E22C3" w:rsidRDefault="004E22C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Light">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Semibold">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -3741,63 +3234,62 @@
   <w:font w:name="Sabon LT Pro">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sabot lt pro">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro Light">
-    <w:altName w:val="Segoe UI Light"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3DAEBD05" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00A42138">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A7C8313" wp14:editId="65BD3549">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4368800</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9345295</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2785563" cy="502920"/>
               <wp:effectExtent l="0" t="0" r="0" b="5080"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
@@ -4373,70 +3865,70 @@
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="074587D8" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="54pt,726.8pt" to="558pt,726.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCK5dgTwQEAAG0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6924qWutvM4hdnpx&#10;W0tpf8AYWC8qMAiwd/3vO+CPNu0tygUBb3gz782weBitYUcVokbX8rtJzZlyAqV2+5b//PH0Yc5Z&#10;TOAkGHSq5ScV+cPy/bvF4Bs1xR6NVIERiYvN4Fvep+SbqoqiVxbiBL1yBHYYLCQ6hn0lAwzEbk01&#10;retZNWCQPqBQMdLt6gzyZeHvOiXS966LKjHTcqotlTWUdZfXarmAZh/A91pcyoBXVGFBO0p6o1pB&#10;AnYI+j8qq0XAiF2aCLQVdp0WqmggNXf1P2qee/CqaCFzor/ZFN+OVnw7bgPTsuX3nDmw1KKNdop9&#10;zM4MPjYU8Oi2IWsTo3v2GxS/ImHVCzAfoiem3fAVJZHAIWExZOyCzY9JKhuL76eb72pMTNDl7L6u&#10;5zW1R1yxCprrQx9i+qLQsrxpuaHqCjEcNzHlQqC5huQ8Dp+0MaWtxrGh5dNPxF5eRDRaZjTHxbDf&#10;PZrAjkCTsZ6tP6/nWTKxvQjL1CuI/TmuQOeZCXhwsqTpFcj1ZZ9Am/OeiIy72JSdObu5Q3nahpwn&#10;O0Y9LRkv85eH5u9zifrzS5a/AQAA//8DAFBLAwQUAAYACAAAACEAspIBceEAAAATAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbExPwU7DMAy9I/EPkZG4oC0pjGrrmk4IxBW0gcbVa0JbaJyqybr27/EOCC6W&#10;37P9/F6+GV0rBtuHxpOGZK5AWCq9aajS8P72PFuCCBHJYOvJaphsgE1xeZFjZvyJtnbYxUqwCIUM&#10;NdQxdpmUoaytwzD3nSWeffreYWTYV9L0eGJx18pbpVLpsCH+UGNnH2tbfu+OTgMuPsoVrlIp1cs0&#10;fjX+dT/dDFpfX41Pay4PaxDRjvHvAs4Z2D8UbOzgj2SCaBmrJQeK3Czu71IQ55UkSZk7/HKyyOX/&#10;LMUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIrl2BPBAQAAbQMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALKSAXHhAAAAEwEAAA8AAAAAAAAA&#10;AAAAAAAAGwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAApBQAAAAA=&#10;" strokecolor="#e6e7e8" strokeweight="2pt">
               <o:lock v:ext="edit" shapetype="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FCD36A5" w14:textId="77777777" w:rsidR="00B54870" w:rsidRDefault="00B54870">
+    <w:p w14:paraId="59A49F82" w14:textId="77777777" w:rsidR="004E22C3" w:rsidRDefault="004E22C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E083E2E" w14:textId="77777777" w:rsidR="00B54870" w:rsidRDefault="00B54870">
+    <w:p w14:paraId="50D3618B" w14:textId="77777777" w:rsidR="004E22C3" w:rsidRDefault="004E22C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="413B270C" w14:textId="77777777" w:rsidR="003E778D" w:rsidRDefault="003E778D" w:rsidP="003E778D">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="4290"/>
         <w:tab w:val="left" w:pos="9373"/>
       </w:tabs>
       <w:spacing w:before="74"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1555BD92" w14:textId="77777777" w:rsidR="003E778D" w:rsidRDefault="003E778D" w:rsidP="003E778D">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="4290"/>
         <w:tab w:val="left" w:pos="9373"/>
       </w:tabs>
       <w:spacing w:before="74"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:sz w:val="20"/>
@@ -4482,110 +3974,126 @@
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="678815" cy="271780"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3B8550D8" w14:textId="77777777" w:rsidR="003E778D" w:rsidRPr="006B2881" w:rsidRDefault="003E778D" w:rsidP="003E778D">
+                        <w:p w14:paraId="3B8550D8" w14:textId="168A2E33" w:rsidR="003E778D" w:rsidRPr="006B2881" w:rsidRDefault="003E778D" w:rsidP="003E778D">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
-                            <w:t>07/02/2024</w:t>
+                            <w:t>0</w:t>
+                          </w:r>
+                          <w:r w:rsidR="007554D6">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                              <w:sz w:val="15"/>
+                              <w:szCs w:val="15"/>
+                            </w:rPr>
+                            <w:t>2/19/2026</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3D391479" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:468.3pt;margin-top:3.05pt;width:53.45pt;height:21.4pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHqFD1+AEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mqdu2iptPYGEIa&#10;A2nwA66O01jYPmO7Tcqv5+x0XQVviDxY55z93X3ffV7fDEazg/RBoa15OZlyJq3ARtldzb9/e3i3&#10;4ixEsA1otLLmRxn4zebtm3XvKjnDDnUjPSMQG6re1byL0VVFEUQnDYQJOmkp2aI3EGnrd0XjoSd0&#10;o4vZdHpV9Ogb51HIEOjv/Zjkm4zftlLEL20bZGS65tRbzKvP6zatxWYN1c6D65Q4tQH/0IUBZano&#10;GeoeIrC9V39BGSU8BmzjRKApsG2VkJkDsSmnf7B57sDJzIXECe4sU/h/sOLp8Oy+ehaH9zjQADOJ&#10;4B5R/AjM4l0Hdidvvce+k9BQ4TJJVvQuVKerSepQhQSy7T9jQ0OGfcQMNLTeJFWIJyN0GsDxLLoc&#10;IhP082q5WpULzgSlZstyucpDKaB6uex8iB8lGpaCmnuaaQaHw2OIqRmoXo6kWhYflNZ5rtqyvubX&#10;i9kiX7jIGBXJdlqZmq+m6RuNkDh+sE2+HEHpMaYC2p5IJ54j4zhsBzqYyG+xORJ9j6O96DlQ0KH/&#10;xVlP1qp5+LkHLznTnyxJeF3O58mLeTNfLGe08ZeZ7WUGrCComkfOxvAuZv+OXG9J6lZlGV47OfVK&#10;lsnqnOydPHm5z6deH+HmNwAAAP//AwBQSwMEFAAGAAgAAAAhABZXbGfdAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3TaNmpBNVYG4gigtEjc33iYR8TqK3Sb8Pe4JjqMZ&#10;zbwpNpPtxIUG3zpGmM8UCOLKmZZrhP3Hy8MahA+aje4cE8IPediUtzeFzo0b+Z0uu1CLWMI+1whN&#10;CH0upa8astrPXE8cvZMbrA5RDrU0gx5jue3kQqlUWt1yXGh0T08NVd+7s0U4vJ6+PhP1Vj/bVT+6&#10;SUm2mUS8v5u2jyACTeEvDFf8iA5lZDq6MxsvOoRsmaYxipDOQVx9lSxXII4IyToDWRby/4PyFwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEeoUPX4AQAAzAMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABZXbGfdAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;UgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABcBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="3B8550D8" w14:textId="77777777" w:rsidR="003E778D" w:rsidRPr="006B2881" w:rsidRDefault="003E778D" w:rsidP="003E778D">
+                  <w:p w14:paraId="3B8550D8" w14:textId="168A2E33" w:rsidR="003E778D" w:rsidRPr="006B2881" w:rsidRDefault="003E778D" w:rsidP="003E778D">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
-                      <w:t>07/02/2024</w:t>
+                      <w:t>0</w:t>
+                    </w:r>
+                    <w:r w:rsidR="007554D6">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                        <w:sz w:val="15"/>
+                        <w:szCs w:val="15"/>
+                      </w:rPr>
+                      <w:t>2/19/2026</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>INTERIOR</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:spacing w:val="27"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -4842,51 +4350,51 @@
                 <w:txbxContent>
                   <w:p w14:paraId="499918A9" w14:textId="6AC7D851" w:rsidR="00044E78" w:rsidRPr="00D622CA" w:rsidRDefault="00044E78" w:rsidP="00044E78">
                     <w:pPr>
                       <w:spacing w:before="16"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D620DD1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5F5A8D88"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="2.0%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2. "/>
       <w:lvlJc w:val="left"/>
@@ -6397,57 +5905,58 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="686978168">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1733043982">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1835685158">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="109"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="187"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003253E0"/>
     <w:rsid w:val="00012097"/>
     <w:rsid w:val="0001716D"/>
     <w:rsid w:val="00020AF9"/>
@@ -6477,74 +5986,78 @@
     <w:rsid w:val="001D4D2A"/>
     <w:rsid w:val="001E05E6"/>
     <w:rsid w:val="002000FB"/>
     <w:rsid w:val="00204D21"/>
     <w:rsid w:val="00207696"/>
     <w:rsid w:val="00235BB5"/>
     <w:rsid w:val="00241D5C"/>
     <w:rsid w:val="0024419C"/>
     <w:rsid w:val="0025022F"/>
     <w:rsid w:val="0026102E"/>
     <w:rsid w:val="00266ACC"/>
     <w:rsid w:val="002736A6"/>
     <w:rsid w:val="00287776"/>
     <w:rsid w:val="002C056E"/>
     <w:rsid w:val="002F5014"/>
     <w:rsid w:val="003253E0"/>
     <w:rsid w:val="00387485"/>
     <w:rsid w:val="003E6075"/>
     <w:rsid w:val="003E778D"/>
     <w:rsid w:val="00412F74"/>
     <w:rsid w:val="00414483"/>
     <w:rsid w:val="00430D49"/>
     <w:rsid w:val="00455DA7"/>
     <w:rsid w:val="00466FF5"/>
     <w:rsid w:val="00467C80"/>
+    <w:rsid w:val="00481AA4"/>
     <w:rsid w:val="004B1534"/>
     <w:rsid w:val="004C4F72"/>
     <w:rsid w:val="004C6324"/>
+    <w:rsid w:val="004E22C3"/>
     <w:rsid w:val="004E2411"/>
     <w:rsid w:val="005206E8"/>
     <w:rsid w:val="00596CCA"/>
     <w:rsid w:val="005D1163"/>
     <w:rsid w:val="005E21A0"/>
     <w:rsid w:val="005F4132"/>
     <w:rsid w:val="005F6F68"/>
     <w:rsid w:val="00641137"/>
     <w:rsid w:val="00655D41"/>
     <w:rsid w:val="00675726"/>
     <w:rsid w:val="006861C5"/>
     <w:rsid w:val="00697EBF"/>
     <w:rsid w:val="006D1EF0"/>
     <w:rsid w:val="006D569C"/>
     <w:rsid w:val="006E5FDC"/>
     <w:rsid w:val="00713CDD"/>
+    <w:rsid w:val="007266D8"/>
     <w:rsid w:val="00730E54"/>
     <w:rsid w:val="0073137E"/>
     <w:rsid w:val="00732978"/>
     <w:rsid w:val="00734E63"/>
     <w:rsid w:val="00750E6B"/>
+    <w:rsid w:val="007554D6"/>
     <w:rsid w:val="007571BE"/>
     <w:rsid w:val="00767500"/>
     <w:rsid w:val="0078059C"/>
     <w:rsid w:val="007836C4"/>
     <w:rsid w:val="007D66F7"/>
     <w:rsid w:val="007E491C"/>
     <w:rsid w:val="008114C4"/>
     <w:rsid w:val="00814F03"/>
     <w:rsid w:val="0081642C"/>
     <w:rsid w:val="008267E5"/>
     <w:rsid w:val="00827235"/>
     <w:rsid w:val="00830B5A"/>
     <w:rsid w:val="00837730"/>
     <w:rsid w:val="008401FE"/>
     <w:rsid w:val="0085166C"/>
     <w:rsid w:val="00852683"/>
     <w:rsid w:val="00857EBC"/>
     <w:rsid w:val="00873992"/>
     <w:rsid w:val="0088029D"/>
     <w:rsid w:val="00882522"/>
     <w:rsid w:val="008A16D9"/>
     <w:rsid w:val="008C0015"/>
     <w:rsid w:val="008C373D"/>
     <w:rsid w:val="008F5191"/>
     <w:rsid w:val="00947B63"/>
@@ -6622,58 +6135,58 @@
     <w:rsid w:val="00FC1C85"/>
     <w:rsid w:val="00FD02E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val="|"/>
   <w14:docId w14:val="1680B059"/>
   <w15:docId w15:val="{FD1FE328-AD9E-804F-A7F6-63F5D98B1DE3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7377,51 +6890,51 @@
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="003E778D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="771513415">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1275406593">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7717,66 +7230,66 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EEB58EA53033AC4FBAB7B3D5D9AA2A42" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f52a257ffb2821583b832ce24fd2ac89">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2eceac5b-b3a0-43ad-8cd7-734772f8614b" xmlns:ns3="9734340f-ac46-45b0-8b35-285c2089870c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bde702acc1ead03d55971d46c331941a" ns2:_="" ns3:_="">
     <xsd:import namespace="2eceac5b-b3a0-43ad-8cd7-734772f8614b"/>
     <xsd:import namespace="9734340f-ac46-45b0-8b35-285c2089870c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
@@ -7953,131 +7466,132 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92A6CF56-5E09-4CA1-9BAD-2EE815A6B158}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DF28D39-714A-47B7-B713-CB3964E7261B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B56E6EB-06E5-4897-A21B-BF204CD16369}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DF28D39-714A-47B7-B713-CB3964E7261B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92A6CF56-5E09-4CA1-9BAD-2EE815A6B158}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1F4019B-3403-44B7-A088-B40E5643D75D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2eceac5b-b3a0-43ad-8cd7-734772f8614b"/>
     <ds:schemaRef ds:uri="9734340f-ac46-45b0-8b35-285c2089870c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1368</Words>
-  <Characters>7799</Characters>
+  <Words>1319</Words>
+  <Characters>7774</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>172</Lines>
+  <Paragraphs>104</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9149</CharactersWithSpaces>
+  <CharactersWithSpaces>8989</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Amanda Garvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2019-05-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 14.0 (Macintosh)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2019-05-15T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
     <vt:lpwstr>0x010100EEB58EA53033AC4FBAB7B3D5D9AA2A42</vt:lpwstr>
   </property>
 </Properties>
 </file>