--- v0 (2025-10-09)
+++ v1 (2026-03-10)
@@ -1,3559 +1,2898 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5F4F4B67" w14:textId="77777777" w:rsidR="00B17722" w:rsidRPr="00B7303B" w:rsidRDefault="00C90F1C" w:rsidP="00B17722">
+    <w:p w14:paraId="2B9F973F" w14:textId="77CF0100" w:rsidR="008A7E97" w:rsidRDefault="008A7E97" w:rsidP="008A7E97">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="D2232A"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2881">
+        <w:rPr>
+          <w:color w:val="D2232A"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Acrovyn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007102E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ®</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="D2232A"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Model </w:t>
+      </w:r>
+      <w:r w:rsidR="002D07E4">
+        <w:rPr>
+          <w:color w:val="D2232A"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>P-OW</w:t>
+      </w:r>
+      <w:r w:rsidR="002C09C4">
+        <w:rPr>
+          <w:color w:val="D2232A"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00E629CD">
+        <w:rPr>
+          <w:color w:val="D2232A"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>/P-RWA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="247A2281" w14:textId="77777777" w:rsidR="008A7E97" w:rsidRDefault="008A7E97" w:rsidP="008A7E97">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sabon LT Pro"/>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C8A87CD" w14:textId="77777777" w:rsidR="008A7E97" w:rsidRDefault="008A7E97" w:rsidP="008A7E97">
+      <w:pPr>
+        <w:spacing w:before="18"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C85CFAA" wp14:editId="747C846C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>631051</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>15875</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4152900" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1389157967" name="docshape1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4152900" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T1" fmla="*/ T0 w 6540"/>
+                            <a:gd name="T2" fmla="+- 0 7800 1260"/>
+                            <a:gd name="T3" fmla="*/ T2 w 6540"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6540" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="3175">
+                          <a:solidFill>
+                            <a:srgbClr val="C7C8CA"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="75AAFD69" id="docshape1" o:spid="_x0000_s1026" style="position:absolute;margin-left:49.7pt;margin-top:1.25pt;width:327pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="6540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoB6ufnQIAAJcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pUnTGnWKIl2H&#10;Ad0FaPYBiizHxmRRk5Q43dePkuzUy7aXYS8GZVKHh4cUb24PnSR7YWwLqqTZeUqJUByqVm1L+nX9&#10;cHZFiXVMVUyCEiV9FpbeLl+/uul1IXJoQFbCEARRtuh1SRvndJEkljeiY/YctFDorMF0zOHRbJPK&#10;sB7RO5nkaXqZ9GAqbYALa/HvfXTSZcCva8Hd57q2whFZUuTmwteE78Z/k+UNK7aG6ablAw32Dyw6&#10;1ipMeoS6Z46RnWl/g+pabsBC7c45dAnUdctFqAGrydKTap4apkWoBcWx+iiT/X+w/NP+SX8xnrrV&#10;j8C/WVQk6bUtjh5/sBhDNv1HqLCHbOcgFHuoTedvYhnkEDR9PmoqDo5w/DnL5vl1itJz9GX5Ikie&#10;sGK8y3fWvRcQcNj+0brYkQqtoGdFFOsw6Roh6k5ic96ekZRk+WX8DB08hmVj2JuErFPSk8v5bGzz&#10;MSgfgwLW4ir9M9bFGOax8gkW8t+ODFkzkuYHNbBGizD/AtKgkwbr9Vkjt1EgRMAgX+FfYjH3aWy8&#10;M6QwONqnQ20owaHeREk0c56ZT+FN0pc0SOF/dLAXawgud9I5TPLilWoaFa5PWUU33vAJcGyiEZJ6&#10;rpPOKnhopQytlcpTucgW86CNBdlW3unZWLPdrKQhe4bPdbVYXa3ufDEI9kuYNtbdM9vEuOCKNRvY&#10;qSpkaQSr3g22Y62MNgJJFD3Mtx9pvyZssYHqGcfbQNwOuM3QaMD8oKTHzVBS+33HjKBEflD49K6z&#10;GU4UceEwmy9yPJipZzP1MMURqqSO4kR4c+Xi+tlp024bzJQFHRTc4bOqWz//gV9kNRzw9QcZhk3l&#10;18v0HKJe9unyJwAAAP//AwBQSwMEFAAGAAgAAAAhAOetXWLbAAAABgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMjsFOwzAQRO9I/IO1SNyoQyEtCXEqhGhvrUThwm0bL0mUeB3Fbhv4epYTHJ9mNPOK1eR6&#10;daIxtJ4N3M4SUMSVty3XBt7f1jcPoEJEtth7JgNfFGBVXl4UmFt/5lc67WOtZIRDjgaaGIdc61A1&#10;5DDM/EAs2acfHUbBsdZ2xLOMu17Pk2ShHbYsDw0O9NxQ1e2PzsDU7er0o9vsMpe9bNeLEDf+e2vM&#10;9dX09Agq0hT/yvCrL+pQitPBH9kG1RvIsntpGpinoCRepnfCB+El6LLQ//XLHwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCoB6ufnQIAAJcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDnrV1i2wAAAAYBAAAPAAAAAAAAAAAAAAAAAPcEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/wUAAAAA&#10;" path="m,l6540,e" filled="f" strokecolor="#c7c8ca" strokeweight=".25pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;4152900,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00352FFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uggested Specifications | Section 10 26 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8F43D8" w14:textId="77777777" w:rsidR="00C20E42" w:rsidRDefault="00C20E42" w:rsidP="008A7E97">
+      <w:pPr>
+        <w:spacing w:before="18"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D65D0E9" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="90"/>
+        <w:ind w:left="90" w:firstLine="97"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008267E5">
-[...15 lines deleted...]
-      <w:r w:rsidR="00B17722" w:rsidRPr="00B7303B">
+      <w:r w:rsidRPr="00A125D0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Suggested Specifications | Section 10 26 00</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="90" w:firstLine="97"/>
+        <w:t>CS Acrovyn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B7303B">
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>CS Acrovyn</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B7303B">
+        <w:t xml:space="preserve"> Models P-OWM, P-RWM and P-RWMSS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="060C4EB8" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="213494AE" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="793894A6" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...76 lines deleted...]
-          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Part 1 - General</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0358FA7F" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+    <w:p w14:paraId="0AABA26A" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
+      <w:r w:rsidRPr="00A125D0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Summary</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="078E7C28" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+    <w:p w14:paraId="75826497" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
-[...10 lines deleted...]
-    <w:p w14:paraId="003DCFD8" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This section includes the following types of wall protection </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>systems</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2659FBE1" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
+      <w:r w:rsidRPr="00A125D0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Handrails</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5B459E" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+    <w:p w14:paraId="6520A680" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
+      <w:r w:rsidRPr="00A125D0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Related sections: The following sections contain requirements related to this section:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E8AA86C" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+    <w:p w14:paraId="30A06C72" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
-[...10 lines deleted...]
-    <w:p w14:paraId="586C2048" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Corner Guards, Bumper Guards, Crash Rails, Accent Rails, Wall Covering, Wall Panels, Door Protection; refer to section 10 26 00 “Wall and Door Protection”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="156D1321" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
+      <w:r w:rsidRPr="00A125D0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Blocking in walls for fasteners; refer to section 09 22 00 “Supports for Plaster and Gypsum Board”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="471F5D79" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="00AF6FA8">
+    <w:p w14:paraId="148397EE" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1951B357" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
-[...894 lines deleted...]
-    <w:p w14:paraId="103503BE" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+    <w:p w14:paraId="17684F1E" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
+      <w:r w:rsidRPr="00A125D0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Delivery, Storage and Handling</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5CDD37CF" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AFFA95" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
-[...10 lines deleted...]
-    <w:p w14:paraId="2DB2EB59" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>National codes (IBC, UBC, SBCCI, BOCA, OSHA, Life Safety, OSHPD and ADA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="552CE0F2" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
-[...10 lines deleted...]
-    <w:p w14:paraId="43FB856E" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>American Society for Testing and Materials (ASTM)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BE944F" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B4C5FDB" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Submittals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C06477F" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1122"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>General: Submit the following in accordance with conditions of contract and Division 1 specification section 01 33 00 “Submittal Procedures”:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F1C58D" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
-[...10 lines deleted...]
-    <w:p w14:paraId="233AAD78" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="00AF6FA8">
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Product data and detailed specifications for each system component and installation accessory required, including installation methods for each type of substrate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21349A27" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Shop drawings </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>showing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> locations, extent and installation details of handrails. Show methods of attachment to adjoining construction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A0A7B2B" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Samples for verification purposes: Submit the following samples, as proposed for this work, for verification of color, finish and end cap attachment and alignment:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2418E1" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>12" (304.8mm) long sample of each model specified including end cap.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26DB5E1C" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Product test reports from a qualified independent testing laboratory showing compliance of each component with requirements indicated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B62114" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Maintenance data for wall protection system components for inclusion in the operating and maintenance manuals specified in Division 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E1FCBFE" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D1DACA3" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+    <w:p w14:paraId="74E18CF0" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BE8BFD6" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
+      <w:r w:rsidRPr="00A125D0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Project Conditions</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1674AD1A" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+        <w:t>Quality Assurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B1436E7" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
-[...10 lines deleted...]
-    <w:p w14:paraId="152187A7" w14:textId="11693087" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Installer qualifications: Engage an installer who has no less than 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>years</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> experience</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in installation of systems similar in complexity to those required for this project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="518B24AB" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
-[...10 lines deleted...]
-    <w:p w14:paraId="0B777813" w14:textId="4A3AED53" w:rsidR="00E46116" w:rsidRPr="00B7303B" w:rsidRDefault="00E46116" w:rsidP="00E46116">
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manufacturer’s qualifications: Not less than 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>years</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> experience</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the production of specified products and a record of successful in-service performance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="620A8B90" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Code compliance: Assemblies should conform to all applicable codes including IBC, UBC, SBCCI, BOCA, OSHA, Life Safety, OSHPD and ADA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4998EC2D" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Fire performance characteristics: Provide wood and metal components tested in accordance with ASTM E84 for Class A/1 fire characteristics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA96486" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Impact Strength: Provide assembled wall protection units that have been tested in accordance with the applicable provisions of ASTM F476.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F822AEB" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Single source responsibility: Provide all components of the wall protection system manufactured by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>same company to ensure compatibility of color, texture and physical properties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB542B9" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47CDACBE" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00B7303B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...10 lines deleted...]
-        <w:widowControl/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Delivery, Storage and Handling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3868C054" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Deliver materials to the project site in unopened original factory packaging clearly labeled to show manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A71F0C" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Store materials in original, undamaged packaging in a cool, dry place out of direct sunlight and exposure to the elements. A minimum room temperature of 40°F (4°C) and a maximum of 100°F (38°C) should be maintained.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175EE29C" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Material must be stored flat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E282695" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="555CE68A" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Project Conditions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68050FC0" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Materials must be acclimated in an environment of 65°-75°F (18°-24°C) for at least 24 hours prior to beginning the installation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253A2DDD" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Installation areas must be enclosed and weatherproofed before installation commences.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FE4D74" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DEE30A3" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Part 2 - Products</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CC9A5C" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Manufacturers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="154A774B" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:autoSpaceDE/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Interior surface protection products specified herein and installed on the submittal drawings shall be manufactured by Construction Specialties, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64CF30BD" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B8DC136" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-        <w:widowControl/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Materials</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083A2CCE" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Solid Wood Components: Shall be manufactured from plain sawn, FAS grade hardwood, kiln dried to a moisture content of 6% to 10%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD59BCD" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Aluminum: Extruded aluminum should be 6063-T6 alloy Crash rail to be nominal .080" (2.03mm) thickness. Minimum strength and durability properties as specified in ASTM B221.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC6CD75" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Stainless Steel: Cast brackets to be type 304 alloy with #4 satin finish.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C4CE01" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fasteners: All fasteners to be non-corrosive and compatible with aluminum retainers.  All necessary fasteners </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be supplied by the manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311FE7A9" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30071C6E" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Handrails</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDA803B" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Handrails to be CS Acrovyn: Surface mounted handrail and crash rail configuration with end caps returning to the wall. Attachment hardware shall be appropriate for wall construction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287609DD" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Model P-OWM  6" (152.4mm) high configuration consisting of an oval wood handrail, an aluminum crash rail and matching end caps returning to the wall. Select handrail from one of Renaissance™ wood species and finishes. FSC certified wood can be specified. Crash rail to be powder </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>coated</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aluminum; select from standard powder coat finishes. Dual cantilevered mounting brackets to be stainless steel available with optional powder coat; select from standard powder coat finishes.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Specifier note: This product is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Cradle to Cradle Certified™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Silver. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Cradle to Cradle Certified™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a certification mark licensed by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Cradle to Cradle</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Products Innovation Institute.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53652020" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Model P-RWM  6 3/8" (161.9mm) high configuration consisting of a round wood handrail, an aluminum crash rail and matching end caps returning to the wall. Select handrail from one of Renaissance™ wood species and finishes. FSC certified wood can be specified. Crash rail to be powder </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>coated</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aluminum; select from standard powder coat finishes. Dual cantilevered mounting brackets to be stainless steel. For optional stainless steel end caps specify P-RWMSS. Optional </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>90 degree</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stainless steel outside corners and 3" (76.2mm) splices available. All </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>stainless steel</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> components available with optional powder coat; select from standard powder coat finishes.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Specifier note: This product is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Cradle to Cradle Certified™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Silver (exceptions: stainless steel end caps, corners and splices). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Cradle to Cradle Certified™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a certification mark licensed by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Cradle to Cradle</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Products Innovation Institute.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="698E5858" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1800"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14E01751" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Finishes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73EB2EC0" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All wood components shall be factory finished. Wood components to be final coated with water based, high solids, clear lacquer using a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>two coat</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> process. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Finish</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall be in accordance with specified AWI finish system. Coverage shall be a minimum of 3-5 mils. Gloss shall be measured on 60° gloss meter as per ASTM D523.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="206D8206" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>General: Comply with NAAMM “Metal Finishes Manual” for recommendations relative to applications and designations of finishes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2421E6D7" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43A18499" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Fabrication</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2668A7CB" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>General: Fabricate wall protection systems to comply with requirements indicated for design, dimensions, detail, finish and member sizes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F9D1CB" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Preassemble wood components in shop as much as possible to minimize field assembly. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F21151" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Fabricate components with wood joints lightly chamfered. Provide surfaces free of chipping, dents and other imperfections.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="128F2F96" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A215B32" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Part 3 - Execution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB44E81" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:autoSpaceDE/>
-[...28 lines deleted...]
-        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Examination</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C346D52" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:autoSpaceDE/>
-[...15 lines deleted...]
-        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Verification of conditions: Examine areas and conditions under which work is to be performed and identify conditions detrimental to proper or timely completion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0252E76B" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="12"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:autoSpaceDE/>
-[...101 lines deleted...]
-    <w:p w14:paraId="425DD6E7" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="00AF6FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Do not proceed until unsatisfactory conditions have been corrected.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41849477" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...32 lines deleted...]
-    <w:p w14:paraId="12CBB004" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+        <w:ind w:left="1800"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16407399" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
+      <w:r w:rsidRPr="00A125D0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Manufacturers</w:t>
-[...4 lines deleted...]
-        <w:widowControl/>
+        <w:t>Preparation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="419F814F" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:autoSpaceDE/>
-[...32 lines deleted...]
-        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Surface preparation: Prior to installation, clean substrate to remove dirt, debris and loose particles. Perform additional preparation procedures as required by manufacturer's instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F308D8A" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:autoSpaceDE/>
-[...17 lines deleted...]
-    <w:p w14:paraId="5B3B875B" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="00AF6FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Protection: Take all necessary steps to prevent damage to material during installation as required in manufacturer’s installation instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B2B8CF" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15C49517" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+    <w:p w14:paraId="77689039" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
+      <w:r w:rsidRPr="00A125D0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Materials</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="31983D77" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+        <w:t>Installation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0171CF4D" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
-[...10 lines deleted...]
-    <w:p w14:paraId="387ADB38" w14:textId="0D5849E8" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Install the work of this section in strict accordance with the manufacturer's recommendations using only approved mounting hardware and locating all components firmly into position, level and plumb.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="062A625E" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
-[...41 lines deleted...]
-    <w:p w14:paraId="5C38B6C7" w14:textId="77777777" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Temperature at the time of installation must be between 65°-75°F (18°-24°C) and be maintained for at least 48 hours after the installation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="230C55C4" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B430638" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Cleaning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45526DDE" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
-[...10 lines deleted...]
-    <w:p w14:paraId="2065AE98" w14:textId="4D714D92" w:rsidR="002579D0" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="002579D0">
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>General: Immediately upon completion of installation, clean rails and accessories in accordance with manufacturer’s recommended cleaning method.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064DC5D7" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
-[...40 lines deleted...]
-    <w:p w14:paraId="62BCAC77" w14:textId="553BD69A" w:rsidR="00AF6FA8" w:rsidRPr="00B7303B" w:rsidRDefault="00AF6FA8" w:rsidP="0068625B">
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Remove surplus materials, rubbish and debris resulting from installation as work progresses and upon completion of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70AB7F5A" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E418D03" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Protection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CBACE5" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7303B">
-[...30 lines deleted...]
-    <w:p w14:paraId="0F8C7983" w14:textId="1B1E559B" w:rsidR="009D0CE4" w:rsidRPr="00B7303B" w:rsidRDefault="009D0CE4" w:rsidP="009D0CE4">
+      <w:r w:rsidRPr="00A125D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Protect installed materials to prevent damage by other trades. Use materials that may be easily removed without leaving residue or permanent stains.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B489F6" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="00A125D0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75C6EBEE" w14:textId="77777777" w:rsidR="009D0CE4" w:rsidRPr="00B7303B" w:rsidRDefault="009D0CE4" w:rsidP="009D0CE4">
-[...1342 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId13"/>
+    <w:p w14:paraId="4CEDA7CA" w14:textId="77777777" w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidRDefault="00A125D0" w:rsidP="008A7E97">
+      <w:pPr>
+        <w:spacing w:before="18"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A125D0" w:rsidRPr="00A125D0" w:rsidSect="00C56A0E">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1872" w:right="979" w:bottom="1440" w:left="979" w:header="0" w:footer="1051" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52B1757A" w14:textId="77777777" w:rsidR="0068625B" w:rsidRDefault="0068625B">
+    <w:p w14:paraId="54657F05" w14:textId="77777777" w:rsidR="001051BD" w:rsidRDefault="001051BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EA5DEC4" w14:textId="77777777" w:rsidR="0068625B" w:rsidRDefault="0068625B">
+    <w:p w14:paraId="65DEBA9C" w14:textId="77777777" w:rsidR="001051BD" w:rsidRDefault="001051BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Light">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Semibold">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Sabon LT Pro">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00000AF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Myriad Pro Light">
-    <w:altName w:val="Segoe UI Light"/>
     <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68B2AB9B" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00A42138">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="369C79ED" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00A42138">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06035C33" wp14:editId="49F4CD85">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48ECB76A" wp14:editId="3C4530FA">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4368800</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9345295</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2785563" cy="502920"/>
               <wp:effectExtent l="0" t="0" r="0" b="5080"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2785563" cy="502920"/>
                       </a:xfrm>
@@ -3564,595 +2903,331 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="521091FE" w14:textId="77777777" w:rsidR="002C056E" w:rsidRPr="00A42138" w:rsidRDefault="00947B63" w:rsidP="008C0015">
+                        <w:p w14:paraId="21729E40" w14:textId="77777777" w:rsidR="002C056E" w:rsidRPr="00A42138" w:rsidRDefault="00947B63" w:rsidP="008C0015">
                           <w:pPr>
                             <w:spacing w:before="17" w:line="208" w:lineRule="exact"/>
                             <w:ind w:left="801"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00A42138">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Questions? Connect with a CS</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00A42138">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:spacing w:val="-7"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00A42138">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Representative.</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="60BD8C06" w14:textId="77777777" w:rsidR="00AC32EC" w:rsidRPr="00A42138" w:rsidRDefault="00947B63" w:rsidP="008C0015">
+                        <w:p w14:paraId="452DBCB7" w14:textId="77777777" w:rsidR="00AC32EC" w:rsidRPr="00A42138" w:rsidRDefault="00947B63" w:rsidP="008C0015">
                           <w:pPr>
                             <w:spacing w:line="208" w:lineRule="exact"/>
                             <w:ind w:left="1230"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00A42138">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:b/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>c-sgroup.com/representative-locator</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="62B1A3CF" w14:textId="7364736D" w:rsidR="002C056E" w:rsidRPr="00A42138" w:rsidRDefault="00947B63" w:rsidP="008C0015">
+                        <w:p w14:paraId="06AD8C8E" w14:textId="68495EAF" w:rsidR="002C056E" w:rsidRPr="00A42138" w:rsidRDefault="00947B63" w:rsidP="008C0015">
                           <w:pPr>
                             <w:spacing w:line="208" w:lineRule="exact"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00A42138">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">© Copyright </w:t>
                           </w:r>
                           <w:r w:rsidR="00044E78" w:rsidRPr="00A42138">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>2020</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00A42138">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> Construction Specialties, </w:t>
                           </w:r>
-                          <w:r w:rsidR="002604A6" w:rsidRPr="00A42138">
+                          <w:r w:rsidR="00BC0EAF" w:rsidRPr="00A42138">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">Inc. </w:t>
+                            <w:t>Inc</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00A42138">
-[...26 lines deleted...]
-                          <w:r w:rsidRPr="00A42138">
+                          <w:r w:rsidR="008A7E97">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>.</w:t>
-                          </w:r>
-[...103 lines deleted...]
-                            <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="06035C33" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="48ECB76A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:344pt;margin-top:735.85pt;width:219.35pt;height:39.6pt;z-index:-251662336;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVzoNCygEAAH8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/03SDuixR0xWwWoS0&#10;XKSFD3Acu7FIPNaM26R8PWOn6XJ5Q7xYE3t8fM6Zk+3tNPTiaJAc+FperdZSGK+hdX5fy29f71/c&#10;SEFR+Vb14E0tT4bk7e75s+0YKlNCB31rUDCIp2oMtexiDFVRkO7MoGgFwXg+tICDivyJ+6JFNTL6&#10;0Bflen1djIBtQNCGiHfv5kO5y/jWGh0/W0smir6WzC3mFfPapLXYbVW1RxU6p8801D+wGJTz/OgF&#10;6k5FJQ7o/oIanEYgsHGlYSjAWqdN1sBqrtZ/qHnsVDBZC5tD4WIT/T9Y/en4GL6giNNbmHiAWQSF&#10;B9Dfib0pxkDVuSd5ShWl7mb8CC1PUx0i5BuTxSHJZ0GCYdjp08VdM0WhebN8dbPZXL+UQvPZZl2+&#10;LrP9haqW2wEpvjcwiFTUEnl6GV0dHygmNqpaWtJjHu5d3+cJ9v63DW5MO5l9IjxTj1MzCdcykzT2&#10;JKaB9sRyEOZccI656AB/SDFyJmrpObRS9B88W57isxS4FM1SKK/5Yi2jFHP5Ls4xOwR0+45xZ289&#10;vGHTrMt6njicyfKUs8xzIlOMfv3OXU//ze4nAAAA//8DAFBLAwQUAAYACAAAACEASBFHxOEAAAAO&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidQpMQ4lQVUs4tbZA4urFJAvE6&#10;it0k/D3bE9xmNaPZN/l2sT2bzOg7hxKilQBmsHa6w0ZCdSofUmA+KNSqd2gk/BgP2+L2JleZdjO+&#10;mekYGkYl6DMloQ1hyDj3dWus8is3GCTv041WBTrHhutRzVRue74WIuZWdUgfWjWY19bU38eLlbB/&#10;TNSpKg/jl9h3H7ib5veyOkh5f7fsXoAFs4S/MFzxCR0KYjq7C2rPeglxmtKWQMZTEiXArpFoHZM6&#10;k9psxDPwIuf/ZxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFXOg0LKAQAAfwMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEgRR8ThAAAADgEA&#10;AA8AAAAAAAAAAAAAAAAAJAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" filled="f" stroked="f">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="521091FE" w14:textId="77777777" w:rsidR="002C056E" w:rsidRPr="00A42138" w:rsidRDefault="00947B63" w:rsidP="008C0015">
+                  <w:p w14:paraId="21729E40" w14:textId="77777777" w:rsidR="002C056E" w:rsidRPr="00A42138" w:rsidRDefault="00947B63" w:rsidP="008C0015">
                     <w:pPr>
                       <w:spacing w:before="17" w:line="208" w:lineRule="exact"/>
                       <w:ind w:left="801"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00A42138">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Questions? Connect with a CS</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00A42138">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="231F20"/>
                         <w:spacing w:val="-7"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00A42138">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Representative.</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="60BD8C06" w14:textId="77777777" w:rsidR="00AC32EC" w:rsidRPr="00A42138" w:rsidRDefault="00947B63" w:rsidP="008C0015">
+                  <w:p w14:paraId="452DBCB7" w14:textId="77777777" w:rsidR="00AC32EC" w:rsidRPr="00A42138" w:rsidRDefault="00947B63" w:rsidP="008C0015">
                     <w:pPr>
                       <w:spacing w:line="208" w:lineRule="exact"/>
                       <w:ind w:left="1230"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00A42138">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>c-sgroup.com/representative-locator</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="62B1A3CF" w14:textId="7364736D" w:rsidR="002C056E" w:rsidRPr="00A42138" w:rsidRDefault="00947B63" w:rsidP="008C0015">
+                  <w:p w14:paraId="06AD8C8E" w14:textId="68495EAF" w:rsidR="002C056E" w:rsidRPr="00A42138" w:rsidRDefault="00947B63" w:rsidP="008C0015">
                     <w:pPr>
                       <w:spacing w:line="208" w:lineRule="exact"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00A42138">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">© Copyright </w:t>
                     </w:r>
                     <w:r w:rsidR="00044E78" w:rsidRPr="00A42138">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>2020</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00A42138">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> Construction Specialties, </w:t>
                     </w:r>
-                    <w:r w:rsidR="002604A6" w:rsidRPr="00A42138">
+                    <w:r w:rsidR="00BC0EAF" w:rsidRPr="00A42138">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">Inc. </w:t>
+                      <w:t>Inc</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="00A42138">
-[...26 lines deleted...]
-                    <w:r w:rsidRPr="00A42138">
+                    <w:r w:rsidR="008A7E97">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>.</w:t>
-                    </w:r>
-[...103 lines deleted...]
-                      <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F7D3B9C" wp14:editId="1264B6C7">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4574CDFF" wp14:editId="2D0F8E0C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3241353</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9339580</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="725443" cy="288290"/>
               <wp:effectExtent l="0" t="0" r="11430" b="3810"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="725443" cy="288290"/>
                       </a:xfrm>
@@ -4163,211 +3238,211 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="40CDC26E" w14:textId="77777777" w:rsidR="002C056E" w:rsidRPr="00A42138" w:rsidRDefault="00947B63">
+                        <w:p w14:paraId="53231FAD" w14:textId="77777777" w:rsidR="002C056E" w:rsidRPr="00A42138" w:rsidRDefault="00947B63">
                           <w:pPr>
                             <w:spacing w:line="208" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00A42138">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>c-sgroup.com</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="30A8C4C9" w14:textId="77777777" w:rsidR="002736A6" w:rsidRPr="00A42138" w:rsidRDefault="002736A6" w:rsidP="002736A6">
+                        <w:p w14:paraId="05830798" w14:textId="77777777" w:rsidR="002736A6" w:rsidRPr="00A42138" w:rsidRDefault="002736A6" w:rsidP="002736A6">
                           <w:pPr>
                             <w:spacing w:before="17" w:line="208" w:lineRule="exact"/>
                             <w:ind w:left="44"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00A42138">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>800.233.8493</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="4F7D3B9C" id="Text Box 2" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:255.2pt;margin-top:735.4pt;width:57.1pt;height:22.7pt;z-index:-251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbm+hKoQIAAJgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLSQIopGpCmCZ1&#10;L1K7H+CACdbAZrYT6Kb9951NSNNWk6ZtfEBn+3x3zz2Pb3kztA06UqmY4Cn2rzyMKC9Eyfg+xV8e&#10;cifCSGnCS9IITlP8SBW+Wb19s+y7hAaiFk1JJYIgXCV9l+Ja6y5xXVXUtCXqSnSUw2ElZEs0LOXe&#10;LSXpIXrbuIHnzd1eyLKToqBKwW42HuKVjV9VtNCfqkpRjZoUQ23a/qX978zfXS1Jspekq1lxKoP8&#10;RRUtYRySnkNlRBN0kOxVqJYVUihR6atCtK6oKlZQiwHQ+N4LNPc16ajFAs1R3blN6v+FLT4eP0vE&#10;yhRfY8RJCxQ90EGjtRhQYLrTdyoBp/sO3PQA28CyRaq6O1F8VeDiXviMF5Tx3vUfRAnxyEELe2Oo&#10;ZGt6BKgRhAE6Hs8UmJwFbC6CWRhCKQUcBVEUxJYilyTT5U4q/Y6KFhkjxRIYtsHJ8U5pUwxJJheT&#10;i4ucNY1lueHPNsBx3IHUcNWcmSIsaT9iL95G2yh0wmC+dUIvy5zbfBM689xfzLLrbLPJ/J8mrx8m&#10;NStLyk2aSUB++GcEnaQ8Un+WkBINK004U5KS+92mkehIQMC5/QwrUPyFm/u8DHsMWF5A8oPQWwex&#10;k8+jhRPm4cyJF17keH68judeGIdZ/hzSHeP03yGhPsXxLJiNovktNs9+r7GRpGUaRkTD2hRHZyeS&#10;1JSUW15aajVhzWhftMKU/9QK6NhEtNWrkegoVj3shtMLgGBGyztRPoKApQCBgUphvIFRC/kdox5G&#10;RYrVtwORFKPmPYe3aObKZMjJ2E0G4QVcTbHGaDQ3epw/h06yfQ2Rx/fExS08lIpZET9VAQjMAp6/&#10;xXIaVWa+XK6t19NAXf0CAAD//wMAUEsDBBQABgAIAAAAIQAbLDHw4gAAAA0BAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ0oSVGIU6GiigPi0AISRzde4ojYjmI3df+e5QTHnXma&#10;nWk2yY5swTkM3knIVgIYus7rwfUS3t92d/fAQlROq9E7lHDBAJv2+qpRtfZnt8flEHtGIS7USoKJ&#10;cao5D51Bq8LKT+jI+/KzVZHOued6VmcKtyPPhai4VYOjD0ZNuDXYfR9OVsLHdtq9pE+jXpdSPz/l&#10;6/1l7pKUtzfp8QFYxBT/YPitT9WhpU5Hf3I6sFFCmYmCUDKKtaARhFR5UQE7klRmVQ68bfj/Fe0P&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABub6EqhAgAAmAUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABssMfDiAAAADQEAAA8AAAAAAAAAAAAA&#10;AAAA+wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAKBgAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="4574CDFF" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:255.2pt;margin-top:735.4pt;width:57.1pt;height:22.7pt;z-index:-251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQroRGzAEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/03SzC5So6QpYLUJa&#10;LtIuH+A4dmOReMyM26R8PWOn7QL7hnixxuPx8TlnxuvraejF3iA58LW8WCylMF5D6/y2lt8ebl+s&#10;pKCofKt68KaWB0PyevP82XoMlSmhg741KBjEUzWGWnYxhqooSHdmULSAYDwfWsBBRd7itmhRjYw+&#10;9EW5XL4qRsA2IGhDxNmb+VBuMr61Rscv1pKJoq8lc4t5xbw2aS02a1VtUYXO6SMN9Q8sBuU8P3qG&#10;ulFRiR26J1CD0wgENi40DAVY67TJGljNxfIvNfedCiZrYXMonG2i/werP+/vw1cUcXoHEzcwi6Bw&#10;B/o7sTfFGKg61iRPqaJU3YyfoOVuql2EfGOyOCT5LEgwDDt9OLtrpig0J1+XL6+uLqXQfFSuVuWb&#10;7H6hqtPlgBQ/GBhECmqJ3LwMrvZ3FBMZVZ1K0lsebl3f5wb2/o8EF6ZMJp/4zszj1EzCtbW8TF1P&#10;WhpoD6wGYR4LHmMOOsCfUow8ErWkHzuFRor+o2fP0/ycAjwFzSlQXvPVWkYp5vB9nOdsF9BtO0ae&#10;zfXwll2zLit6ZHGky23OQo8jmebo932uevw4m18AAAD//wMAUEsDBBQABgAIAAAAIQAbLDHw4gAA&#10;AA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ0oSVGIU6GiigPi0AISRzde&#10;4ojYjmI3df+e5QTHnXmanWk2yY5swTkM3knIVgIYus7rwfUS3t92d/fAQlROq9E7lHDBAJv2+qpR&#10;tfZnt8flEHtGIS7USoKJcao5D51Bq8LKT+jI+/KzVZHOued6VmcKtyPPhai4VYOjD0ZNuDXYfR9O&#10;VsLHdtq9pE+jXpdSPz/l6/1l7pKUtzfp8QFYxBT/YPitT9WhpU5Hf3I6sFFCmYmCUDKKtaARhFR5&#10;UQE7klRmVQ68bfj/Fe0PAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANCuhEbMAQAAgAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABssMfDiAAAA&#10;DQEAAA8AAAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA1BQAA&#10;AAA=&#10;" filled="f" stroked="f">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="40CDC26E" w14:textId="77777777" w:rsidR="002C056E" w:rsidRPr="00A42138" w:rsidRDefault="00947B63">
+                  <w:p w14:paraId="53231FAD" w14:textId="77777777" w:rsidR="002C056E" w:rsidRPr="00A42138" w:rsidRDefault="00947B63">
                     <w:pPr>
                       <w:spacing w:line="208" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00A42138">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>c-sgroup.com</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="30A8C4C9" w14:textId="77777777" w:rsidR="002736A6" w:rsidRPr="00A42138" w:rsidRDefault="002736A6" w:rsidP="002736A6">
+                  <w:p w14:paraId="05830798" w14:textId="77777777" w:rsidR="002736A6" w:rsidRPr="00A42138" w:rsidRDefault="002736A6" w:rsidP="002736A6">
                     <w:pPr>
                       <w:spacing w:before="17" w:line="208" w:lineRule="exact"/>
                       <w:ind w:left="44"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00A42138">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>800.233.8493</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00947B63">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251651072" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CC4A15F" wp14:editId="5E6F9260">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251651072" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48C9371A" wp14:editId="6A53CAFE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>706029</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9344104</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1882744" cy="273266"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="14" name="image1.jpeg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="image1.jpeg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1882744" cy="273266"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00AD1C42">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="794F570C" wp14:editId="73CB4FF5">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B9F575A" wp14:editId="1AE6F2D0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>685800</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9230360</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6400800" cy="0"/>
               <wp:effectExtent l="0" t="12700" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="Line 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6400800" cy="0"/>
                       </a:xfrm>
@@ -4385,471 +3460,537 @@
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="1C5EAF9E" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="54pt,726.8pt" to="558pt,726.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCK5dgTwQEAAG0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6924qWutvM4hdnpx&#10;W0tpf8AYWC8qMAiwd/3vO+CPNu0tygUBb3gz782weBitYUcVokbX8rtJzZlyAqV2+5b//PH0Yc5Z&#10;TOAkGHSq5ScV+cPy/bvF4Bs1xR6NVIERiYvN4Fvep+SbqoqiVxbiBL1yBHYYLCQ6hn0lAwzEbk01&#10;retZNWCQPqBQMdLt6gzyZeHvOiXS966LKjHTcqotlTWUdZfXarmAZh/A91pcyoBXVGFBO0p6o1pB&#10;AnYI+j8qq0XAiF2aCLQVdp0WqmggNXf1P2qee/CqaCFzor/ZFN+OVnw7bgPTsuX3nDmw1KKNdop9&#10;zM4MPjYU8Oi2IWsTo3v2GxS/ImHVCzAfoiem3fAVJZHAIWExZOyCzY9JKhuL76eb72pMTNDl7L6u&#10;5zW1R1yxCprrQx9i+qLQsrxpuaHqCjEcNzHlQqC5huQ8Dp+0MaWtxrGh5dNPxF5eRDRaZjTHxbDf&#10;PZrAjkCTsZ6tP6/nWTKxvQjL1CuI/TmuQOeZCXhwsqTpFcj1ZZ9Am/OeiIy72JSdObu5Q3nahpwn&#10;O0Y9LRkv85eH5u9zifrzS5a/AQAA//8DAFBLAwQUAAYACAAAACEAspIBceEAAAATAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbExPwU7DMAy9I/EPkZG4oC0pjGrrmk4IxBW0gcbVa0JbaJyqybr27/EOCC6W&#10;37P9/F6+GV0rBtuHxpOGZK5AWCq9aajS8P72PFuCCBHJYOvJaphsgE1xeZFjZvyJtnbYxUqwCIUM&#10;NdQxdpmUoaytwzD3nSWeffreYWTYV9L0eGJx18pbpVLpsCH+UGNnH2tbfu+OTgMuPsoVrlIp1cs0&#10;fjX+dT/dDFpfX41Pay4PaxDRjvHvAs4Z2D8UbOzgj2SCaBmrJQeK3Czu71IQ55UkSZk7/HKyyOX/&#10;LMUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIrl2BPBAQAAbQMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALKSAXHhAAAAEwEAAA8AAAAAAAAA&#10;AAAAAAAAGwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAApBQAAAAA=&#10;" strokecolor="#e6e7e8" strokeweight="2pt">
+            <v:line w14:anchorId="5B7F1E9D" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="54pt,726.8pt" to="558pt,726.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsKmIMsAEAAEwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8luGzEMvRfoPwi61zMxWtcYeJxD7PSS&#10;tgaSfgAtaTxCNaJAyh777yvJS7dbkIsgLnrke6QW98fBiYMhtuhbeTeppTBeobZ+18ofL48f5lJw&#10;BK/BoTetPBmW98v37xZjaMwUe3TakEggnpsxtLKPMTRVxao3A/AEg/Ep2CENEJNJu0oTjAl9cNW0&#10;rmfViKQDoTLMybs6B+Wy4HedUfF717GJwrUy9RbLSeXc5rNaLqDZEYTeqksb8IouBrA+Fb1BrSCC&#10;2JP9D2qwipCxixOFQ4VdZ5UpHBKbu/ofNs89BFO4JHE43GTit4NV3w4PfkO5dXX0z+EJ1U9OolRj&#10;4OYWzAaHDYnt+BV1GiPsIxa+x46G/DgxEcci6+kmqzlGoZJz9rGu53VSX11jFTTXh4E4fjE4iHxp&#10;pbM+M4YGDk8ccyPQXFOy2+Ojda5MzXkxtnL6KaGXF4zO6hzNeUy77YMjcYA0+PVs/Xk9z7NOaH+l&#10;ZegVcH/OK6HzShDuvS5legN6fblHsO58T0DOX2TKyuSF42aL+rShXCdbaWSl4mW98k78aZes359g&#10;+QsAAP//AwBQSwMEFAAGAAgAAAAhAM+YQOvcAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMT01P&#10;g0AQvZv4HzZj4sXYBa2kRZbGmHjVWI1ep+wIKDtL2C2Ff+/0YOpt3kfevFdsJtepkYbQejaQLhJQ&#10;xJW3LdcG3t+erlegQkS22HkmAzMF2JTnZwXm1h/4lcZtrJWEcMjRQBNjn2sdqoYchoXviUX78oPD&#10;KHCotR3wIOGu0zdJkmmHLcuHBnt6bKj62e6dAVx+VmtcZ1onz/P03fqXj/lqNObyYnq4BxVpiicz&#10;HOtLdSil087v2QbVCU5WsiXKsby7zUAdLWmaCbf743RZ6P8zyl8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEArCpiDLABAABMAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAz5hA69wAAAAOAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" strokecolor="#e6e7e8" strokeweight="2pt">
               <o:lock v:ext="edit" shapetype="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6288B955" w14:textId="77777777" w:rsidR="0068625B" w:rsidRDefault="0068625B">
+    <w:p w14:paraId="11A99888" w14:textId="77777777" w:rsidR="001051BD" w:rsidRDefault="001051BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="190A10F4" w14:textId="77777777" w:rsidR="0068625B" w:rsidRDefault="0068625B">
+    <w:p w14:paraId="58F03E44" w14:textId="77777777" w:rsidR="001051BD" w:rsidRDefault="001051BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1694A84E" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00044E78">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="05B33BD1" w14:textId="77777777" w:rsidR="008A7E97" w:rsidRDefault="008A7E97" w:rsidP="008A7E97">
     <w:pPr>
-      <w:pStyle w:val="BodyText"/>
-      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="4290"/>
+        <w:tab w:val="left" w:pos="9373"/>
+      </w:tabs>
+      <w:spacing w:before="74"/>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="414042"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00044E78">
-      <w:rPr>
+  </w:p>
+  <w:p w14:paraId="480A86AF" w14:textId="77777777" w:rsidR="008A7E97" w:rsidRDefault="008A7E97" w:rsidP="008A7E97">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="4290"/>
+        <w:tab w:val="left" w:pos="9373"/>
+      </w:tabs>
+      <w:spacing w:before="74"/>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="414042"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="56DDC589" w14:textId="77777777" w:rsidR="008A7E97" w:rsidRDefault="008A7E97" w:rsidP="008A7E97">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="4290"/>
+        <w:tab w:val="left" w:pos="9373"/>
+      </w:tabs>
+      <w:spacing w:before="74"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Myriad Pro Light"/>
+        <w:sz w:val="15"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="006B2881">
+      <w:rPr>
+        <w:b/>
         <w:noProof/>
+        <w:color w:val="414042"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
-        <mc:Choice Requires="wpg">
+        <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70A25640" wp14:editId="1ED3C964">
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52F36B16" wp14:editId="5F600DD2">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="page">
-                <wp:posOffset>8255</wp:posOffset>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>5947410</wp:posOffset>
               </wp:positionH>
-              <wp:positionV relativeFrom="page">
-                <wp:posOffset>0</wp:posOffset>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>38735</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="7772400" cy="1045210"/>
+              <wp:extent cx="678815" cy="271780"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:wrapNone/>
-              <wp:docPr id="27" name="Group 6"/>
+              <wp:wrapSquare wrapText="bothSides"/>
+              <wp:docPr id="217" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
-[...4 lines deleted...]
-                    <wpg:grpSpPr bwMode="auto">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="7772400" cy="1045210"/>
-[...1 lines deleted...]
-                        <a:chExt cx="12240" cy="1646"/>
+                        <a:ext cx="678815" cy="271780"/>
                       </a:xfrm>
-                    </wpg:grpSpPr>
-[...36 lines deleted...]
-                        </a:prstGeom>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="9525">
                         <a:noFill/>
-                        <a:ln w="19050">
-[...10 lines deleted...]
-                  </wpg:wgp>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="01ACC5EF" w14:textId="38921502" w:rsidR="008A7E97" w:rsidRPr="006B2881" w:rsidRDefault="003E7462" w:rsidP="008A7E97">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                              <w:sz w:val="15"/>
+                              <w:szCs w:val="15"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                              <w:sz w:val="15"/>
+                              <w:szCs w:val="15"/>
+                            </w:rPr>
+                            <w:t>02/19/2026</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
+              <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
-              <wp14:sizeRelV relativeFrom="page">
+              <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="15510920" id="Group 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:.65pt;margin-top:0;width:612pt;height:82.3pt;z-index:-251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="12240,1646" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5lqpFwQIAAOEGAAAOAAAAZHJzL2Uyb0RvYy54bWy8Vdtu3CAQfa/Uf0C8N75kL1kr3ihKtlGl&#10;tI2a9gNYjG1UDBTY9aZf3wG8u07SplIq9cUC5sLMOWfw+cWuE2jLjOVKljg7STFikqqKy6bE376+&#10;f3eGkXVEVkQoyUr8wCy+WL59c97rguWqVaJiBkESaYtel7h1ThdJYmnLOmJPlGYSjLUyHXGwNU1S&#10;GdJD9k4keZrOkl6ZShtFmbVweh2NeBny1zWj7nNdW+aQKDHU5sLXhO/af5PlOSkaQ3TL6VAGeUUV&#10;HeESLj2kuiaOoI3hz1J1nBplVe1OqOoSVdecstADdJOlT7q5MWqjQy9N0Tf6ABNA+wSnV6eln7Z3&#10;BvGqxPkcI0k64Chci2Yem143BbjcGH2v70xsEJa3in63YE6e2v2+ic5o3X9UFaQjG6cCNrvadD4F&#10;dI12gYKHAwVs5xCFw/l8nk9SYIqCLUsn0zwbSKItMPksjrarITLLIXCIm01C9Qkp4p2hzqEu3xRo&#10;zR7htP8G531LNAssWY/VHk4QfoTzC4iQyEYwNI+QBrc9nnYM5sjii7SA+etgfAkMUmhj3Q1THfKL&#10;EhsoMBBEtrfWeVqPLp4vqwSv3nMhwsY06yth0JbARK2mq9lq6ruCkEduQnpnqXxYNPsT4CF2FUlY&#10;q+oBOjQqjiU8I7BolfmJUQ8jWWL7Y0MMw0h8kEDSIpt4hl3YTKbzHDZmbFmPLURSSFVih1FcXrk4&#10;9xtteNPCTVloWqpLEGjNQ+O+vljVUCzo5H8JZrEXzC2XDJ2NtHIl4+zRnXw0e0Eu0bgH9q9yydL5&#10;FCMYrsVZII4U+9E7zRZg8XMXJu4wPEcxDHoRUN9LejmwTgohUQ9AL9JpGiIeacSOpXSd56f55e+k&#10;BI+grEBDpGgZqVbD2hEu4hoK/aO2vPQ8NIHG8ArAOxrUOrz5/qEe74P/8c+0/AUAAP//AwBQSwME&#10;FAAGAAgAAAAhAJnYdfDfAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMT01rwzAMvQ/2H4wGu61O&#10;0jWMNE4p3cepDNYOxm5urCahsRxiN0n//dTTehF6POl95KvJtmLA3jeOFMSzCARS6UxDlYLv/fvT&#10;CwgfNBndOkIFF/SwKu7vcp0ZN9IXDrtQCRYhn2kFdQhdJqUva7Taz1yHxNzR9VYHhn0lTa9HFret&#10;TKIolVY3xA617nBTY3nana2Cj1GP63n8NmxPx83ld7/4/NnGqNTjw/S65LFeggg4hf8PuHbg/FBw&#10;sIM7k/GiZTznQwVc6komyYLxgbf0OQVZ5PK2RPEHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAeZaqRcECAADhBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAmdh18N8AAAAMAQAADwAAAAAAAAAAAAAAAAAbBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAACcGAAAAAA==&#10;">
-[...5 lines deleted...]
-            </v:group>
+            <v:shapetype w14:anchorId="52F36B16" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:468.3pt;margin-top:3.05pt;width:53.45pt;height:21.4pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHqFD1+AEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mqdu2iptPYGEIa&#10;A2nwA66O01jYPmO7Tcqv5+x0XQVviDxY55z93X3ffV7fDEazg/RBoa15OZlyJq3ARtldzb9/e3i3&#10;4ixEsA1otLLmRxn4zebtm3XvKjnDDnUjPSMQG6re1byL0VVFEUQnDYQJOmkp2aI3EGnrd0XjoSd0&#10;o4vZdHpV9Ogb51HIEOjv/Zjkm4zftlLEL20bZGS65tRbzKvP6zatxWYN1c6D65Q4tQH/0IUBZano&#10;GeoeIrC9V39BGSU8BmzjRKApsG2VkJkDsSmnf7B57sDJzIXECe4sU/h/sOLp8Oy+ehaH9zjQADOJ&#10;4B5R/AjM4l0Hdidvvce+k9BQ4TJJVvQuVKerSepQhQSy7T9jQ0OGfcQMNLTeJFWIJyN0GsDxLLoc&#10;IhP082q5WpULzgSlZstyucpDKaB6uex8iB8lGpaCmnuaaQaHw2OIqRmoXo6kWhYflNZ5rtqyvubX&#10;i9kiX7jIGBXJdlqZmq+m6RuNkDh+sE2+HEHpMaYC2p5IJ54j4zhsBzqYyG+xORJ9j6O96DlQ0KH/&#10;xVlP1qp5+LkHLznTnyxJeF3O58mLeTNfLGe08ZeZ7WUGrCComkfOxvAuZv+OXG9J6lZlGV47OfVK&#10;lsnqnOydPHm5z6deH+HmNwAAAP//AwBQSwMEFAAGAAgAAAAhABZXbGfdAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3TaNmpBNVYG4gigtEjc33iYR8TqK3Sb8Pe4JjqMZ&#10;zbwpNpPtxIUG3zpGmM8UCOLKmZZrhP3Hy8MahA+aje4cE8IPediUtzeFzo0b+Z0uu1CLWMI+1whN&#10;CH0upa8astrPXE8cvZMbrA5RDrU0gx5jue3kQqlUWt1yXGh0T08NVd+7s0U4vJ6+PhP1Vj/bVT+6&#10;SUm2mUS8v5u2jyACTeEvDFf8iA5lZDq6MxsvOoRsmaYxipDOQVx9lSxXII4IyToDWRby/4PyFwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEeoUPX4AQAAzAMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABZXbGfdAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;UgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABcBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="01ACC5EF" w14:textId="38921502" w:rsidR="008A7E97" w:rsidRPr="006B2881" w:rsidRDefault="003E7462" w:rsidP="008A7E97">
+                    <w:pPr>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                        <w:sz w:val="15"/>
+                        <w:szCs w:val="15"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+                        <w:sz w:val="15"/>
+                        <w:szCs w:val="15"/>
+                      </w:rPr>
+                      <w:t>02/19/2026</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="square"/>
+            </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="414042"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>INTERIOR</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="414042"/>
+        <w:spacing w:val="27"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="414042"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>PRODUCT</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="414042"/>
+        <w:spacing w:val="28"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="414042"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>SOLUTIONS</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="414042"/>
+        <w:spacing w:val="15"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="008312E4">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="414042"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">- SPECIFICATION                                                                                                                                                           </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="14EFEA12" w14:textId="77777777" w:rsidR="008A7E97" w:rsidRDefault="008A7E97" w:rsidP="008A7E97">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+    </w:pPr>
     <w:r w:rsidRPr="00044E78">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DE1C9C9" wp14:editId="1A06F04D">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02FF2189" wp14:editId="10B63BFF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>676275</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>400050</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2811780" cy="184150"/>
               <wp:effectExtent l="0" t="0" r="7620" b="6350"/>
               <wp:wrapNone/>
               <wp:docPr id="30" name="Text Box 5"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2811780" cy="184150"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="59C759B9" w14:textId="77777777" w:rsidR="00044E78" w:rsidRPr="00D622CA" w:rsidRDefault="00DE2049" w:rsidP="00044E78">
+                        <w:p w14:paraId="5C32033E" w14:textId="77777777" w:rsidR="008A7E97" w:rsidRPr="00D622CA" w:rsidRDefault="008A7E97" w:rsidP="008A7E97">
                           <w:pPr>
                             <w:spacing w:before="17"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="21"/>
                               <w:szCs w:val="21"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
-[...16 lines deleted...]
-                          </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="3DE1C9C9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:53.25pt;margin-top:31.5pt;width:221.4pt;height:14.5pt;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqqsHV2gEAAKADAAAOAAAAZHJzL2Uyb0RvYy54bWysU21v0zAQ/o60/2D5+5qmbFBFTSfYNIQ0&#10;GNLGD3Acu7GIfebsNim/nrPTlAHfEF+sy7089zx3l83NaHt2UBgMuJqXiyVnyklojdvV/Ovz/eWa&#10;sxCFa0UPTtX8qAK/2V682gy+UivooG8VMgJxoRp8zbsYfVUUQXbKirAArxwFNaAVkT5xV7QoBkK3&#10;fbFaLt8UA2DrEaQKgbx3U5BvM77WSsZHrYOKrK85cYv5xfw26S22G1HtUPjOyBMN8Q8srDCOmp6h&#10;7kQUbI/mLyhrJEIAHRcSbAFaG6myBlJTLv9Q89QJr7IWGk7w5zGF/wcrPx++IDNtzV/TeJywtKNn&#10;NUb2HkZ2ncYz+FBR1pOnvDiSm9acpQb/APJboJTiRc5UEFJ2M3yClvDEPkKuGDXaNCSSzQiGGh7P&#10;O0g9JTlX67J8u6aQpFi5viqv85IKUc3VHkP8oMCyZNQcaccZXRweQkxsRDWnpGYO7k3f5z337jcH&#10;JSZPZp8IT9Tj2Iwn2Q20R9KBMJ0NnTkZHeAPzgY6mZqH73uBirP+o6OdpPuaDZyNZjaEk1Ra88jZ&#10;ZN7G6Q73Hs2uI+RprA7e0by0yVLSYCcWJ550Blnh6WTTnb38zlm/fqztTwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAHTA6jjeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTUsj&#10;EuJUFYITEiINB45OvE2ixusQu234e5ZTOY72afZNvpndIE44hd6ThvuFAoHUeNtTq+Gzer17BBGi&#10;IWsGT6jhBwNsiuur3GTWn6nE0y62gksoZEZDF+OYSRmaDp0JCz8i8W3vJ2cix6mVdjJnLneDXCqV&#10;SGd64g+dGfG5w+awOzoN2y8qX/rv9/qj3Jd9VaWK3pKD1rc38/YJRMQ5XmD402d1KNip9keyQQyc&#10;VbJmVEOy4k0MrB/SFYhaQ7pUIItc/l9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAq&#10;qsHV2gEAAKADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQB0wOo43gAAAAkBAAAPAAAAAAAAAAAAAAAAADQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="02FF2189" id="Text Box 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:53.25pt;margin-top:31.5pt;width:221.4pt;height:14.5pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+j2yzyQEAAIEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zQVlypqugJWi5CW&#10;i7TwAY5jNxaJx8y4TcrXM3aaLpc3xIs1mRkfn3NmsruZhl6cDJIDX8tytZbCeA2t84dafv1y92wr&#10;BUXlW9WDN7U8G5I3+6dPdmOozAY66FuDgkE8VWOoZRdjqIqCdGcGRSsIxnPRAg4q8iceihbVyOhD&#10;X2zW65fFCNgGBG2IOHs7F+U+41trdPxkLZko+loyt5hPzGeTzmK/U9UBVeicvtBQ/8BiUM7zo1eo&#10;WxWVOKL7C2pwGoHAxpWGoQBrnTZZA6sp13+oeehUMFkLm0PhahP9P1j98fQQPqOI0xuYeIBZBIV7&#10;0N+IvSnGQNWlJ3lKFaXuZvwALU9THSPkG5PFIclnQYJh2Onz1V0zRaE5udmW5astlzTXyu3z8kW2&#10;v1DVcjsgxXcGBpGCWiJPL6Or0z3FxEZVS0t6zMOd6/s8wd7/luDGlMnsE+GZepyaSbg2qeRLSUwD&#10;7ZnlIMx7wXvMQQf4Q4qRd6KW9P2o0EjRv/dselqgJcAlaJZAec1XaxmlmMO3cV60Y0B36Bh5dtfD&#10;a7bNuqzokcWFLs85C73sZFqkX79z1+Ofs/8JAAD//wMAUEsDBBQABgAIAAAAIQB0wOo43gAAAAkB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqE1LIxLiVBWCExIiDQeOTrxNosbr&#10;ELtt+HuWUzmO9mn2Tb6Z3SBOOIXek4b7hQKB1HjbU6vhs3q9ewQRoiFrBk+o4QcDbIrrq9xk1p+p&#10;xNMutoJLKGRGQxfjmEkZmg6dCQs/IvFt7ydnIseplXYyZy53g1wqlUhneuIPnRnxucPmsDs6Ddsv&#10;Kl/67/f6o9yXfVWlit6Sg9a3N/P2CUTEOV5g+NNndSjYqfZHskEMnFWyZlRDsuJNDKwf0hWIWkO6&#10;VCCLXP5fUPwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvo9ss8kBAACBAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdMDqON4AAAAJAQAADwAA&#10;AAAAAAAAAAAAAAAjBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="59C759B9" w14:textId="77777777" w:rsidR="00044E78" w:rsidRPr="00D622CA" w:rsidRDefault="00DE2049" w:rsidP="00044E78">
+                  <w:p w14:paraId="5C32033E" w14:textId="77777777" w:rsidR="008A7E97" w:rsidRPr="00D622CA" w:rsidRDefault="008A7E97" w:rsidP="008A7E97">
                     <w:pPr>
                       <w:spacing w:before="17"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="21"/>
                         <w:szCs w:val="21"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
-[...147 lines deleted...]
-                    </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
+  <w:p w14:paraId="732F3F44" w14:textId="422E45EB" w:rsidR="002C056E" w:rsidRPr="008A7E97" w:rsidRDefault="002C056E" w:rsidP="008A7E97">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04C82F4D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="39DCF4E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.0%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%5)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%6)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D620DD1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5F5A8D88"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="2.0%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4928,51 +4069,666 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5040" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="5760" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14720A68"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DB26BEDA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1.0%1  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2.  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3.  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%5)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%6)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16114FA7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D50A6F24"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.0%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%5)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%6)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="166853C0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="80B07440"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.0%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%5)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%6)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18DA1613"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FA6A3DDA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1.0%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%5)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%6)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19C30907"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6AACA980"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1.0%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%5)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%6)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EE73ECF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="77880C38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="1.0%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5051,72 +4807,72 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5040" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="5760" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="24FC0857"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28615D90"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="972CDEB6"/>
+    <w:tmpl w:val="DAEC269A"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="2.0%1"/>
+      <w:lvlText w:val="1.0%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
+      <w:start w:val="4"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -5174,51 +4930,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5040" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="5760" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F57573B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5BD0C6E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="2.0%1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2.  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5297,164 +5053,287 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5040" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="5760" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32860C48"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EC2ABDA8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1.0%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%5)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%6)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33673185"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFC059FC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1442" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2162" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2882" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3602" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4322" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5042" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5762" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6482" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7202" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="388E6329"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ACEA165E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="3.0%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5533,51 +5412,174 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5040" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="5760" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="408F02B0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="269C78D8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.0%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%5)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%6)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42D0643F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CD26CE14"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="2.0%1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2.  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5656,51 +5658,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5040" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="5760" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44B04FE9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="11D8F7BC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="2.0%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5779,51 +5781,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5040" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="5760" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47764A3A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="605C133E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="1.0%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5902,51 +5904,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5040" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="5760" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="572F5C81"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6E42417C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="2.0%1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2.  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6025,51 +6027,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5040" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="5760" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58B86189"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3954CED8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="1.0%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6148,51 +6150,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5040"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="5760"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63F16C7B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E5DCCD62"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="1.0%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6271,51 +6273,421 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5040" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="5760" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="643E60C4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="85F80C00"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.0%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%5)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%6)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="787A3409"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="103C4144"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.0%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%5)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%6)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A1A1C94"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="05C0D4E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1.0%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%5)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%6)  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B3C0E4D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ADF2AC14"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="1.0%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6394,480 +6766,485 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5040" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="5760" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CB505D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="53844136"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1442" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2162" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2882" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3602" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4322" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5042" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5762" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6482" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7202" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="45880598">
+  <w:num w:numId="1" w16cid:durableId="351416651">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1199516107">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="329404682">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="137039617">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1293244510">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="619727547">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="976911395">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="944772880">
+  <w:num w:numId="8" w16cid:durableId="814100133">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="14498632">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="52778650">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="135999019">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1130706891">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1927878775">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1771505337">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="603609633">
+  <w:num w:numId="15" w16cid:durableId="1927230330">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="114520110">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1039935479">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="110708092">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="2023387453">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1252540889">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="413092273">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1309937637">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="465009921">
-[...18 lines deleted...]
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="23" w16cid:durableId="726145143">
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="5"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="964042629">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="24" w16cid:durableId="1397123784">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1382048088">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="25" w16cid:durableId="1649288092">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="2049134924">
-[...27 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="26" w16cid:durableId="720254186">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1397123784">
-[...2 lines deleted...]
-  <w:numIdMacAtCleanup w:val="9"/>
+  <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="187"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003253E0"/>
-    <w:rsid w:val="00012097"/>
     <w:rsid w:val="0001716D"/>
     <w:rsid w:val="00020AF9"/>
     <w:rsid w:val="00044E78"/>
     <w:rsid w:val="00047809"/>
     <w:rsid w:val="0005661B"/>
-    <w:rsid w:val="0007779D"/>
     <w:rsid w:val="000A2200"/>
     <w:rsid w:val="000A46F6"/>
+    <w:rsid w:val="000C6418"/>
     <w:rsid w:val="000F110B"/>
-    <w:rsid w:val="00114A9F"/>
+    <w:rsid w:val="001051BD"/>
+    <w:rsid w:val="0012239F"/>
     <w:rsid w:val="00140292"/>
-    <w:rsid w:val="001456C7"/>
     <w:rsid w:val="00155D81"/>
     <w:rsid w:val="00165FF6"/>
     <w:rsid w:val="00173830"/>
     <w:rsid w:val="00177D68"/>
     <w:rsid w:val="00180F5F"/>
     <w:rsid w:val="00193F8D"/>
+    <w:rsid w:val="001C28C0"/>
     <w:rsid w:val="001C6F98"/>
     <w:rsid w:val="001D2E52"/>
-    <w:rsid w:val="001D4D2A"/>
     <w:rsid w:val="001E05E6"/>
     <w:rsid w:val="002000FB"/>
     <w:rsid w:val="00204D21"/>
     <w:rsid w:val="00207696"/>
     <w:rsid w:val="00235BB5"/>
-    <w:rsid w:val="0024419C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002604A6"/>
+    <w:rsid w:val="00254654"/>
     <w:rsid w:val="0026102E"/>
     <w:rsid w:val="00266ACC"/>
     <w:rsid w:val="002736A6"/>
     <w:rsid w:val="00287776"/>
     <w:rsid w:val="002C056E"/>
+    <w:rsid w:val="002C09C4"/>
+    <w:rsid w:val="002D07E4"/>
     <w:rsid w:val="002F5014"/>
     <w:rsid w:val="003253E0"/>
+    <w:rsid w:val="00342780"/>
+    <w:rsid w:val="00376A3E"/>
     <w:rsid w:val="00387485"/>
+    <w:rsid w:val="003E1EA0"/>
     <w:rsid w:val="003E6075"/>
-    <w:rsid w:val="00430D49"/>
-    <w:rsid w:val="00453FED"/>
+    <w:rsid w:val="003E6376"/>
+    <w:rsid w:val="003E7462"/>
+    <w:rsid w:val="00417F66"/>
     <w:rsid w:val="00455DA7"/>
-    <w:rsid w:val="00466FF5"/>
     <w:rsid w:val="00467C80"/>
+    <w:rsid w:val="00481AA4"/>
+    <w:rsid w:val="004B1534"/>
     <w:rsid w:val="004C4F72"/>
     <w:rsid w:val="004C6324"/>
-    <w:rsid w:val="004D26BF"/>
     <w:rsid w:val="004E2411"/>
-    <w:rsid w:val="005206E8"/>
+    <w:rsid w:val="00593179"/>
     <w:rsid w:val="00596CCA"/>
-    <w:rsid w:val="005D1163"/>
     <w:rsid w:val="005E21A0"/>
-    <w:rsid w:val="005F4132"/>
     <w:rsid w:val="005F6F68"/>
     <w:rsid w:val="00655D41"/>
-    <w:rsid w:val="00675726"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0068625B"/>
     <w:rsid w:val="00697EBF"/>
-    <w:rsid w:val="006B1762"/>
     <w:rsid w:val="006D1EF0"/>
     <w:rsid w:val="006D569C"/>
-    <w:rsid w:val="006E5FDC"/>
+    <w:rsid w:val="006E255E"/>
+    <w:rsid w:val="00701FBA"/>
     <w:rsid w:val="00713CDD"/>
     <w:rsid w:val="00730E54"/>
-    <w:rsid w:val="00734E63"/>
     <w:rsid w:val="00750E6B"/>
-    <w:rsid w:val="007571BE"/>
-    <w:rsid w:val="00767500"/>
+    <w:rsid w:val="00777E49"/>
     <w:rsid w:val="0078059C"/>
     <w:rsid w:val="007836C4"/>
+    <w:rsid w:val="007A5854"/>
     <w:rsid w:val="007E491C"/>
     <w:rsid w:val="008114C4"/>
     <w:rsid w:val="00814F03"/>
     <w:rsid w:val="008267E5"/>
     <w:rsid w:val="00827235"/>
     <w:rsid w:val="00830B5A"/>
     <w:rsid w:val="00837730"/>
     <w:rsid w:val="008401FE"/>
     <w:rsid w:val="0085166C"/>
     <w:rsid w:val="00852683"/>
     <w:rsid w:val="00857EBC"/>
-    <w:rsid w:val="00873992"/>
-    <w:rsid w:val="00882522"/>
+    <w:rsid w:val="00863660"/>
+    <w:rsid w:val="0087047F"/>
     <w:rsid w:val="008A16D9"/>
+    <w:rsid w:val="008A7E97"/>
     <w:rsid w:val="008C0015"/>
     <w:rsid w:val="008C373D"/>
     <w:rsid w:val="008F5191"/>
+    <w:rsid w:val="008F53E1"/>
     <w:rsid w:val="00947B63"/>
     <w:rsid w:val="009665A0"/>
     <w:rsid w:val="009827DB"/>
     <w:rsid w:val="009865A9"/>
+    <w:rsid w:val="009A3080"/>
     <w:rsid w:val="009B51E9"/>
-    <w:rsid w:val="009D0CE4"/>
-    <w:rsid w:val="00A00444"/>
     <w:rsid w:val="00A032E8"/>
-    <w:rsid w:val="00A269A9"/>
+    <w:rsid w:val="00A125D0"/>
     <w:rsid w:val="00A2765F"/>
     <w:rsid w:val="00A42138"/>
     <w:rsid w:val="00A52B73"/>
-    <w:rsid w:val="00A6082F"/>
     <w:rsid w:val="00A81727"/>
     <w:rsid w:val="00A862F0"/>
+    <w:rsid w:val="00A94631"/>
     <w:rsid w:val="00A95886"/>
     <w:rsid w:val="00AC2D3C"/>
     <w:rsid w:val="00AC32EC"/>
-    <w:rsid w:val="00AC4A4E"/>
     <w:rsid w:val="00AD1C42"/>
-    <w:rsid w:val="00AF6FA8"/>
+    <w:rsid w:val="00AD210F"/>
+    <w:rsid w:val="00B1044B"/>
     <w:rsid w:val="00B17722"/>
     <w:rsid w:val="00B32912"/>
+    <w:rsid w:val="00B34CD6"/>
     <w:rsid w:val="00B42C4E"/>
     <w:rsid w:val="00B46C41"/>
     <w:rsid w:val="00B65EA5"/>
-    <w:rsid w:val="00B7303B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B9216C"/>
     <w:rsid w:val="00BB677C"/>
     <w:rsid w:val="00BB7996"/>
+    <w:rsid w:val="00BC0EAF"/>
     <w:rsid w:val="00BE6E57"/>
     <w:rsid w:val="00BF7061"/>
+    <w:rsid w:val="00C067CB"/>
+    <w:rsid w:val="00C20E42"/>
     <w:rsid w:val="00C210C4"/>
     <w:rsid w:val="00C56A0E"/>
-    <w:rsid w:val="00C607D0"/>
     <w:rsid w:val="00C83646"/>
     <w:rsid w:val="00C90F1C"/>
-    <w:rsid w:val="00CA0739"/>
     <w:rsid w:val="00CA6EDC"/>
+    <w:rsid w:val="00CD260A"/>
     <w:rsid w:val="00D06426"/>
     <w:rsid w:val="00D34D9D"/>
     <w:rsid w:val="00D54F80"/>
     <w:rsid w:val="00D608B6"/>
     <w:rsid w:val="00D622CA"/>
     <w:rsid w:val="00D72724"/>
-    <w:rsid w:val="00DA3B17"/>
     <w:rsid w:val="00DE2049"/>
-    <w:rsid w:val="00DE54EE"/>
     <w:rsid w:val="00E205F9"/>
     <w:rsid w:val="00E23151"/>
-    <w:rsid w:val="00E46116"/>
-    <w:rsid w:val="00E6624A"/>
+    <w:rsid w:val="00E629CD"/>
     <w:rsid w:val="00E71861"/>
     <w:rsid w:val="00ED5C52"/>
     <w:rsid w:val="00EE282E"/>
     <w:rsid w:val="00EE31B4"/>
     <w:rsid w:val="00F03A30"/>
     <w:rsid w:val="00F073D1"/>
     <w:rsid w:val="00F23527"/>
     <w:rsid w:val="00F341E4"/>
     <w:rsid w:val="00F37804"/>
     <w:rsid w:val="00F41442"/>
     <w:rsid w:val="00F45E12"/>
+    <w:rsid w:val="00F51DF1"/>
     <w:rsid w:val="00F659C9"/>
     <w:rsid w:val="00F76E0F"/>
     <w:rsid w:val="00F942C2"/>
-    <w:rsid w:val="00FD02E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0F85C4D2"/>
+  <w:listSeparator w:val="|"/>
+  <w14:docId w14:val="2D9D790F"/>
   <w15:docId w15:val="{FD1FE328-AD9E-804F-A7F6-63F5D98B1DE3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7525,96 +7902,126 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A52B73"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="MyriadPro-Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="002579D0"/>
+    <w:rsid w:val="008A7E97"/>
     <w:rPr>
       <w:rFonts w:ascii="MyriadPro-Light" w:eastAsia="MyriadPro-Light" w:hAnsi="MyriadPro-Light" w:cs="MyriadPro-Light"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="008A7E97"/>
+    <w:pPr>
+      <w:spacing w:before="291"/>
+      <w:ind w:left="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Sabon LT Pro" w:eastAsia="Sabon LT Pro" w:hAnsi="Sabon LT Pro" w:cs="Sabon LT Pro"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="008A7E97"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Sabon LT Pro" w:eastAsia="Sabon LT Pro" w:hAnsi="Sabon LT Pro" w:cs="Sabon LT Pro"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="800995174">
+    <w:div w:id="1172840300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2079353378">
+    <w:div w:id="1757283461">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cet@c-sgroup.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -8094,142 +8501,142 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07ED1045-830D-4810-9026-B648C2496E58}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6535DCCA-92F0-4F3E-A6B2-60054858E8BB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2eceac5b-b3a0-43ad-8cd7-734772f8614b"/>
     <ds:schemaRef ds:uri="9734340f-ac46-45b0-8b35-285c2089870c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F194E6D-0317-4021-9F87-6D2A48BD3919}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F450861D-D25A-4CAE-9E99-5C8627AE9867}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A905070-BBA9-40F4-B38A-905093B37FAA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F71A19D-A908-4047-8A78-183D3B0AC4EF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65196143-243B-4555-B0F9-C350CB7C4BA2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>8479</Characters>
+  <Pages>3</Pages>
+  <Words>1148</Words>
+  <Characters>6766</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>150</Lines>
+  <Paragraphs>90</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9947</CharactersWithSpaces>
+  <CharactersWithSpaces>7824</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amanda Garvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2019-05-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 14.0 (Macintosh)</vt:lpwstr>
   </property>