--- v0 (2025-10-05)
+++ v1 (2026-03-23)
@@ -1650,178 +1650,128 @@
         <w:t xml:space="preserve"> in the design and manufacturing of work similar to that shown and required. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D216D8" w14:textId="245EBBDC" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00B619A3">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Performance Requirements: Provide AMCA test data as required to confirm that the louvers have the specified air and water performance characteristics. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C32A2B" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00B619A3">
+    <w:p w14:paraId="7094819C" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00B619A3">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Acoustical Performance: Where applicable, submit test reports to confirm that the louvers meet the specified STC and Noise Reduction requirements. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7094819C" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00B619A3">
+        <w:t xml:space="preserve">Structural Requirements: Design all materials to withstand wind and snow loads as required by the applicable building code. Maximum allowable deflection for the louver structural members to be l/180 or 0.75 inches, whichever is less. Maximum allowable deflection for the louver blades to be l/120 or 0.50 inch across the weak axis, whichever is less. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3D424C" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00B619A3">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Structural Requirements: Design all materials to withstand wind and snow loads as required by the applicable building code. Maximum allowable deflection for the louver structural members to be l/180 or 0.75 inches, whichever is less. Maximum allowable deflection for the louver blades to be l/120 or 0.50 inch across the weak axis, whichever is less. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0C3D424C" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00B619A3">
+        <w:t xml:space="preserve">Professional Engineer Requirements: Drawings and structural calculations to be signed and sealed by a professional engineer licensed to practice in the project state. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25252492" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00B619A3">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Professional Engineer Requirements: Drawings and structural calculations to be signed and sealed by a professional engineer licensed to practice in the project state. </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Warranty: Provide </w:t>
+        <w:t xml:space="preserve">Warranty: Provide written warranty to the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t>written</w:t>
+        <w:t>owner</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve"> warranty to the owner </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> of installation. </w:t>
+        <w:t xml:space="preserve"> that all products will be free of defective materials or workmanship for a period of one year from date of installation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF8A90B" w14:textId="48B35FA8" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="001931AF">
       <w:pPr>
         <w:pStyle w:val="H4"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.0</w:t>
       </w:r>
       <w:r w:rsidR="00F16DA0">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3578,65 +3528,51 @@
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">General: Comply with NAAMM "Metal Finishes Manual" for finish designations and application recommendations, except as otherwise indicated. </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk111809112"/>
       <w:r w:rsidR="003D7A75" w:rsidRPr="00831AE7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Factory assembled prior to factory applied finish</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Protect finishes on exposed surfaces prior to shipment. Remove scratches and blemishes from exposed surfaces that will be visible after completing </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> process.  </w:t>
+        <w:t xml:space="preserve">. Protect finishes on exposed surfaces prior to shipment. Remove scratches and blemishes from exposed surfaces that will be visible after completing finishing process.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:tab/>
         <w:t>Provide color as indicated or, if not otherwise indicated, as selected by architect.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D7C1C2D" w14:textId="1170D670" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00B619A3">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="900"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="num" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
@@ -6495,69 +6431,51 @@
     </w:p>
     <w:p w14:paraId="7C21EF05" w14:textId="1F760E29" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Restore louvers and accessory components damaged during installation and construction so no evidence remains of corrective work. If </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> of restoration are unsuccessful, as determined by the Architect, remove damaged </w:t>
+        <w:t xml:space="preserve">Restore louvers and accessory components damaged during installation and construction so no evidence remains of corrective work. If results of restoration are unsuccessful, as determined by the Architect, remove damaged </w:t>
       </w:r>
       <w:r w:rsidR="003C1460" w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>materials,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E33ABF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>replace</w:t>
@@ -6633,58 +6551,58 @@
     <w:p w14:paraId="00B83EE1" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidSect="00C90F1C">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1872" w:right="979" w:bottom="1440" w:left="979" w:header="0" w:footer="1051" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BB107BB" w14:textId="77777777" w:rsidR="00844A6C" w:rsidRDefault="00844A6C">
+    <w:p w14:paraId="25B12C8D" w14:textId="77777777" w:rsidR="00A20BFB" w:rsidRDefault="00A20BFB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42838865" w14:textId="77777777" w:rsidR="00844A6C" w:rsidRDefault="00844A6C">
+    <w:p w14:paraId="3672A9D6" w14:textId="77777777" w:rsidR="00A20BFB" w:rsidRDefault="00A20BFB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Light">
@@ -6730,51 +6648,50 @@
   <w:font w:name="Sabon LT Pro">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro Light">
     <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
-    <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EC56BD8" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00AC32EC">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
@@ -7348,58 +7265,58 @@
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="74ED7B1A" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-9496;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="54pt,726.8pt" to="558pt,726.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4H+9gwgEAAG0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc692kqeusvM4hdnpx&#10;W0tpfsAYWC8qMAiwd/3vO+CPNO2t6gUBb3gz780wfxitYQcVokbX8ptJzZlyAqV2u5a//Hj6MOMs&#10;JnASDDrV8qOK/GHx/t188I26xR6NVIERiYvN4Fvep+SbqoqiVxbiBL1yBHYYLCQ6hl0lAwzEbk11&#10;W9fTasAgfUChYqTb5Qnki8LfdUqk710XVWKm5VRbKmso6zav1WIOzS6A77U4lwH/UIUF7SjplWoJ&#10;Cdg+6L+orBYBI3ZpItBW2HVaqKKB1NzUf6h57sGrooXMif5qU/x/tOLbYROYli2/48yBpRattVPs&#10;Y3Zm8LGhgEe3CVmbGN2zX6P4GQmr3oD5ED0xbYevKIkE9gmLIWMXbH5MUtlYfD9efVdjYoIup3d1&#10;PaupPeKCVdBcHvoQ0xeFluVNyw1VV4jhsI4pFwLNJSTncfikjSltNY4NNJP39ae6vIhotMxojoth&#10;t300gR2AJmM1XX1ezbJkYnsTlqmXEPtTXIFOMxNw72RJ0yuQq/M+gTanPREZd7YpO3Nyc4vyuAk5&#10;T3aMeloynucvD83v5xL1+ksWvwAAAP//AwBQSwMEFAAGAAgAAAAhABxCbFjhAAAAEwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMT8FOwzAMvSPtHyJP4saSMlZNXdMJgThNIG3lwNFrTFvRJFWTdR1fj3dA&#10;cLH8nu3n9/LtZDsx0hBa7zQkCwWCXOVN62oN7+XL3RpEiOgMdt6RhgsF2Bazmxwz489uT+Mh1oJF&#10;XMhQQxNjn0kZqoYshoXvyfHs0w8WI8OhlmbAM4vbTt4rlUqLreMPDfb01FD1dThZDa1ZWtwF9TZ+&#10;lN/hVVX7VSwnrW/n0/OGy+MGRKQp/l3ANQP7h4KNHf3JmSA6xmrNgSI3D6tlCuK6kiQpc8dfTha5&#10;/J+l+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4H+9gwgEAAG0DAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAcQmxY4QAAABMBAAAPAAAAAAAA&#10;AAAAAAAAABwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAKgUAAAAA&#10;" strokecolor="#e6e7e8" strokeweight="1.5pt">
               <o:lock v:ext="edit" shapetype="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D1E3495" w14:textId="77777777" w:rsidR="00844A6C" w:rsidRDefault="00844A6C">
+    <w:p w14:paraId="5E8B5DB1" w14:textId="77777777" w:rsidR="00A20BFB" w:rsidRDefault="00A20BFB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="578B08B1" w14:textId="77777777" w:rsidR="00844A6C" w:rsidRDefault="00844A6C">
+    <w:p w14:paraId="52E319AE" w14:textId="77777777" w:rsidR="00A20BFB" w:rsidRDefault="00A20BFB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="457104BB" w14:textId="77777777" w:rsidR="006F6823" w:rsidRDefault="006F6823" w:rsidP="006F6823">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:color w:val="D2232A"/>
         <w:spacing w:val="-8"/>
         <w:lang w:bidi="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
         <w:noProof/>
       </w:rPr>
@@ -11908,86 +11825,89 @@
     <w:rsid w:val="00697C82"/>
     <w:rsid w:val="006C6758"/>
     <w:rsid w:val="006F39D0"/>
     <w:rsid w:val="006F6823"/>
     <w:rsid w:val="00707441"/>
     <w:rsid w:val="00730E54"/>
     <w:rsid w:val="007317F1"/>
     <w:rsid w:val="00743C38"/>
     <w:rsid w:val="00743C40"/>
     <w:rsid w:val="0078059C"/>
     <w:rsid w:val="007A2756"/>
     <w:rsid w:val="007B35A0"/>
     <w:rsid w:val="007E491C"/>
     <w:rsid w:val="00830B5A"/>
     <w:rsid w:val="00831FC5"/>
     <w:rsid w:val="00844A6C"/>
     <w:rsid w:val="00851755"/>
     <w:rsid w:val="008C0015"/>
     <w:rsid w:val="008F3963"/>
     <w:rsid w:val="008F5191"/>
     <w:rsid w:val="00947B63"/>
     <w:rsid w:val="009525AD"/>
     <w:rsid w:val="00955096"/>
     <w:rsid w:val="009827DB"/>
     <w:rsid w:val="00992A00"/>
+    <w:rsid w:val="009C515D"/>
+    <w:rsid w:val="00A20BFB"/>
     <w:rsid w:val="00A36A8D"/>
     <w:rsid w:val="00A522C6"/>
     <w:rsid w:val="00A72E85"/>
     <w:rsid w:val="00A802E6"/>
     <w:rsid w:val="00A95886"/>
     <w:rsid w:val="00AB2E3C"/>
     <w:rsid w:val="00AC2D3C"/>
     <w:rsid w:val="00AC32EC"/>
     <w:rsid w:val="00AD1C42"/>
     <w:rsid w:val="00AE2567"/>
     <w:rsid w:val="00B32912"/>
     <w:rsid w:val="00B4092D"/>
     <w:rsid w:val="00B619A3"/>
     <w:rsid w:val="00B70845"/>
     <w:rsid w:val="00B77285"/>
     <w:rsid w:val="00B919DE"/>
     <w:rsid w:val="00BD1549"/>
     <w:rsid w:val="00BD2E74"/>
     <w:rsid w:val="00BD3068"/>
     <w:rsid w:val="00BD7FA4"/>
     <w:rsid w:val="00BF0FFD"/>
     <w:rsid w:val="00C11373"/>
     <w:rsid w:val="00C45812"/>
     <w:rsid w:val="00C554FC"/>
     <w:rsid w:val="00C66AC0"/>
     <w:rsid w:val="00C67048"/>
     <w:rsid w:val="00C83646"/>
     <w:rsid w:val="00C90F1C"/>
     <w:rsid w:val="00C968C5"/>
     <w:rsid w:val="00CA6EDC"/>
     <w:rsid w:val="00CD50E8"/>
     <w:rsid w:val="00D170D5"/>
     <w:rsid w:val="00D17161"/>
     <w:rsid w:val="00D34D9D"/>
     <w:rsid w:val="00D94088"/>
     <w:rsid w:val="00DB7265"/>
+    <w:rsid w:val="00DC1BB6"/>
     <w:rsid w:val="00E30EC9"/>
     <w:rsid w:val="00E33ABF"/>
     <w:rsid w:val="00E53005"/>
     <w:rsid w:val="00E530C8"/>
     <w:rsid w:val="00E648E8"/>
     <w:rsid w:val="00E864EA"/>
     <w:rsid w:val="00ED185E"/>
     <w:rsid w:val="00EE31B4"/>
     <w:rsid w:val="00F03A30"/>
     <w:rsid w:val="00F16DA0"/>
     <w:rsid w:val="00F41442"/>
     <w:rsid w:val="00F53E49"/>
     <w:rsid w:val="00F76E0F"/>
     <w:rsid w:val="00F91B35"/>
     <w:rsid w:val="00FB50FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -13082,75 +13002,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{608F7CC3-FEB0-5E4F-9C35-96A651C416C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2527</Words>
-  <Characters>14409</Characters>
+  <Words>2505</Words>
+  <Characters>14283</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
+  <Lines>119</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16903</CharactersWithSpaces>
+  <CharactersWithSpaces>16755</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Justin Teffeteller</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2019-05-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 14.0 (Macintosh)</vt:lpwstr>
   </property>