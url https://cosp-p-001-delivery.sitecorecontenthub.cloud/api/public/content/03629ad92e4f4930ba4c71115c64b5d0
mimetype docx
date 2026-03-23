--- v0 (2025-10-06)
+++ v1 (2026-03-23)
@@ -1,6991 +1,6501 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="32C2577C" w14:textId="77777777" w:rsidR="000A49E7" w:rsidRDefault="000A49E7" w:rsidP="000A49E7">
+    <w:p w14:paraId="60B39EF0" w14:textId="77777777" w:rsidR="003E6C8F" w:rsidRDefault="003E6C8F" w:rsidP="003E6C8F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk169526914"/>
       <w:r>
         <w:rPr>
           <w:color w:val="D2232A"/>
           <w:spacing w:val="-8"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Architectural Louvers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A2F44E" w14:textId="77777777" w:rsidR="000A49E7" w:rsidRPr="00E95ED7" w:rsidRDefault="000A49E7" w:rsidP="000A49E7">
-[...145 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w14:paraId="3006FF2C" w14:textId="77777777" w:rsidR="00D8197D" w:rsidRDefault="00D8197D" w:rsidP="00D8197D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Suggested Specifications | Section 08 90 00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41548AA3" w14:textId="77777777" w:rsidR="000A49E7" w:rsidRDefault="000A49E7" w:rsidP="000A49E7">
+    <w:p w14:paraId="049DDAEC" w14:textId="77777777" w:rsidR="00D8197D" w:rsidRDefault="00D8197D" w:rsidP="00D8197D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="218524E7" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Model: A-8370</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE58385" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        </w:tabs>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Part 1 – General</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF3315F" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
+      <w:pPr>
+        <w:pStyle w:val="H4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Part 1 – Genera</w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:tab/>
-      </w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="42938D9E" w14:textId="4F518F3A" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.01 Summary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52BA0238" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="53"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...18 lines deleted...]
-    <w:p w14:paraId="31ACB825" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Furnish and install louvers, bird screens, blank-off panels, structural supports, and attachment brackets as shown on the drawings, as specified, and as needed for a complete and proper installation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F41029" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="53"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">The louvers to be furnished include the following: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2143CD" w14:textId="1A5C70C6" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="007C2D77" w:rsidP="003F5997">
+    <w:p w14:paraId="621CCB5C" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
-        <w:t>Acoustical</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="7932D993" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+        <w:t xml:space="preserve">Thin line louvers. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B279CB" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="53"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Related sections include: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED1CEE5" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="2AF70D68" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="54"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Division 7 Section "Joint Sealants" for sealants installed in perimeter joints between louver frames and adjoining construction. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41FAEFA6" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="001931AF">
+    <w:p w14:paraId="62CA0C25" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="H4"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.02 References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52C87F95" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="7C40DE93" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="55"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Air Movement and Control Association International, Inc. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70D34D85" w14:textId="4842F366" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="5FA7A643" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...18 lines deleted...]
-    <w:p w14:paraId="7551D1B6" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AMCA Standard 500-L-99 Laboratory Methods of Testing Louvers for Rating </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA231BB" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">AMCA Publication 501 Application Manual for Louvers </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE7309F" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="125AA129" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="55"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">The Aluminum Association Incorporated </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66412731" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="39E56DA6" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Aluminum Standards and Data </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C895E10" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="31AC4548" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Specifications and Guidelines for Aluminum Structures </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CEA6ECA" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="38EABC0A" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="55"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">American Society of Civil Engineers </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A939A2" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="203CA027" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Minimum Design Loads for Buildings and Other Structures </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F14FE9B" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="50D8CDCF" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="55"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">American Society for Testing and Materials </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33783270" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="285C6FA4" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">ASTM B209 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2533BA05" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="7D33C090" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">ASTM B211 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7428A8" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="456F5A49" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">ASTM B221 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F48A2E1" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="5BE773AA" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">ASTM E90-90 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="409D5027" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="594D3618" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="55"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Architectural Aluminum Manufacturers Association </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E18CDC5" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="022121CC" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">AAMA 800 Voluntary Specifications and Test Methods for Sealants </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="489AE418" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="4C1A31E0" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">AAMA 605.2 Voluntary Specification for High Performance Organic Coatings on Aluminum Extrusions and Panels. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792D4B5A" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="23F84302" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">AAMA TIR Metal Curtain Wall Fasteners </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B0A558" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="062F6C09" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">AAMA 2605-98 Superior Performing Organic Coatings on Aluminum Extrusions and Panels </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C3FF4D" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="6450539C" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="55"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Standards Association </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4226211D" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="78A4664E" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">CAN3-S157-M83 Strength Design in Aluminum </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD11DD7" w14:textId="06F09032" w:rsidR="001931AF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="55F5A7FC" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="56"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">S136 94 Cold Formed Steel Structural Members </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D885C3" w14:textId="0F21D76C" w:rsidR="000E2297" w:rsidRDefault="000E2297" w:rsidP="000E2297">
+    <w:p w14:paraId="4C3A4CE2" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3072A5CF" w14:textId="27A56B47" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="001931AF">
+    <w:p w14:paraId="73A447E0" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
+      <w:pPr>
+        <w:pStyle w:val="PlainText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.03 Definitions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00664B0C" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
+      <w:pPr>
+        <w:pStyle w:val="PlainText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:adjustRightInd/>
+        <w:ind w:left="1170" w:hanging="450"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Blast Louver: is an Architectural Wall Louver whose frame, blades, anchorages and integral supports supplied by the louver manufacture have been designed, engineered and manufactured to withstand Blast Loading and whose design is supported by detailed structural calculations and analysis by a licensed engineer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F59C9C6" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
+      <w:pPr>
+        <w:pStyle w:val="PlainText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:adjustRightInd/>
+        <w:ind w:left="1170" w:hanging="450"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Blast Loading: is the resultant loading from an explosive threat, the blast parameters established, i.e., Peak Pressure, (P), and Impulse (I) as determined by engineering calculations and analysis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="629E9688" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7901D351" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5614CA8D" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="H4"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>1.0</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="394FD4D6" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+        <w:t>1.04 Submittals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76AB7470" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="58"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Product Data </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A4D907" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="2A9ED823" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="59"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Air flow and water entrainment performance test results. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D26BFBA" w14:textId="215672B6" w:rsidR="001931AF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="2AD67C7A" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="59"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Material types and thickness. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09B9630C" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="003F5997" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="01720BEC" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="60"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003F5997">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Shop Drawings – Full Shop Drawings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28197CC2" w14:textId="77777777" w:rsidR="003F5997" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="0F4007AC" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="60"/>
         </w:numPr>
-        <w:rPr>
-[...46 lines deleted...]
-    <w:p w14:paraId="74D3D732" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00E530C8" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Include elevations, plan views, section views, and specific details for each louver.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26730809" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="60"/>
         </w:numPr>
+        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include building elevations, key plan, and all relevant datum dimensions on to allow for ease of locating louvers relative to the overall building and relative to adjacent construction elements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF38642" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00E530C8" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="2608093D" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="60"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E530C8">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Show anchorage details and connections for all component parts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02727DCD" w14:textId="77777777" w:rsidR="003F5997" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="1D5741B1" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="60"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E530C8">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include signed and sealed structural calculations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D50E3A2" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00E530C8" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="377FDAF0" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="60"/>
         </w:numPr>
+        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The louver manufacturer shall incorporate a reasonable degree of coordination with adjacent trades, review of supplemental instructions, and new document issuances in their shop drawing issuances and revisions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2339A69B" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00BF4E53" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="3EFEEACA" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75B95050" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00BF4E53" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="54820F03" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF4E53">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="614AFC41" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00BF4E53" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="1C86D8CF" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14BC38BC" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="003F5997" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="7C383431" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="61"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003F5997">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Shop Drawings – Unit Drawings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13D94616" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00E530C8" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="13374872" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="61"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E530C8">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include elevations, sections, and specific details for each louver.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11627FE7" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00E530C8" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="4AE2EEA4" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="61"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E530C8">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Show anchorage details and connections for all component parts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD18674" w14:textId="77777777" w:rsidR="003F5997" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="7EE9F060" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="61"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E530C8">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include signed and sealed structural calculations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7B659F" w14:textId="77777777" w:rsidR="003F5997" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="6FB79B2B" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="59"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="119A8F4F" w14:textId="099FCFCB" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="71C8AA0B" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="58"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Samples </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F355D1" w14:textId="719ABFDB" w:rsidR="001931AF" w:rsidRPr="00A802E6" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="3A3057B7" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="62"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A802E6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Metal Chips standard size 3” x 5” choose from 16 colors.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43229323" w14:textId="69C91CEA" w:rsidR="001931AF" w:rsidRPr="00A802E6" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="6BA1DAB9" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="62"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A802E6">
-[...18 lines deleted...]
-    <w:p w14:paraId="190AD0F4" w14:textId="08EF25F3" w:rsidR="001931AF" w:rsidRPr="00A802E6" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Wood Grain Color Chips standard size 3” x 5” choose from 15 colors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B50E3D8" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="62"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A802E6">
-[...18 lines deleted...]
-    <w:p w14:paraId="1666600F" w14:textId="700DB10F" w:rsidR="001931AF" w:rsidRPr="00A802E6" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Wood Grain Color Chain standard size 3” x 5” chain of all 15 wood grains.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29419A08" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="62"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A802E6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Wood Grain Color Chart standard size 81/2” x 11” print on demand.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35C0B9B7" w14:textId="0657EE2A" w:rsidR="001931AF" w:rsidRPr="00A802E6" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="54BEE019" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="62"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A802E6">
-[...12 lines deleted...]
-    <w:p w14:paraId="42B5D3A9" w14:textId="03BB3C71" w:rsidR="001931AF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Standard KYNAR Color Card standard size 81/2” x 11” shows all 20 colors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39A80BF4" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="62"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A802E6">
-[...24 lines deleted...]
-    <w:p w14:paraId="410A65D6" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="003F5997" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Metallic KYNAR Color Card standard size 81/2” x 11” shows all 20 colors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EDF668E" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71787DC6" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+    <w:p w14:paraId="5B6E4A66" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="58"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Submit color chips for approval. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367DF7FC" w14:textId="03B434B1" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="001931AF">
+    <w:p w14:paraId="31290BCA" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="H4"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...24 lines deleted...]
-    <w:p w14:paraId="199F5D7C" w14:textId="41659129" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00127A55">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.05 Quality Assurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB60AF8" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="63"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...18 lines deleted...]
-    <w:p w14:paraId="11D216D8" w14:textId="79808E0F" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00127A55">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Single subcontract responsibility: Subcontract the work to a single firm that has </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>had not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> less than six years’ experience in the design and manufacturing of work similar to that shown and required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78CF839D" w14:textId="172D7C2A" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="63"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Performance Requirements: Provide AMCA test data as required to confirm that the louvers have the specified air and water performance characteristics. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C32A2B" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00127A55">
+    <w:p w14:paraId="2CB6D69B" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="63"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...6 lines deleted...]
-    <w:p w14:paraId="7094819C" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00127A55">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Structural Requirements: Design all materials to withstand wind and snow loads as required by the applicable building code. Maximum allowable deflection for the louver structural members to be l/180 or 0.75 inches, whichever is less. Maximum allowable deflection for the louver blades to be l/120 or 0.50 inch across the weak axis, whichever is less. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D53B466" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="63"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...13 lines deleted...]
-    <w:p w14:paraId="0C3D424C" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00127A55">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professional Engineer Requirements: Drawings and structural calculations to be signed and sealed by a professional engineer licensed to practice in the project state. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3CA0D2" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="63"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...6 lines deleted...]
-    <w:p w14:paraId="25252492" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="00127A55">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Warranty: Provide written warranty to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>owner</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that all products will be free of defective materials or workmanship for a period of one year from date of installation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F26432" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
+      <w:pPr>
+        <w:pStyle w:val="H4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.06 Delivery, Storage and Handling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24FA85B7" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="64"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...40 lines deleted...]
-    <w:p w14:paraId="0A79C0B9" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Delivery: At the time of delivery all materials shall be visually inspected for damage. Any damaged boxes, crates, louver sections, etc. shall be noted on the receiving ticket and immediately reported to the shipping company and the material manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E8961F" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="64"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...6 lines deleted...]
-    <w:p w14:paraId="7BE335BF" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Storage: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD3F888" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:ind w:left="2520" w:hanging="360"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Material may be stored flat end or on its side. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F24802" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:ind w:left="2520" w:hanging="360"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Material may be stored either indoors or outdoors. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09C13CF6" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:ind w:left="2520" w:hanging="360"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If stored outdoors the material must be raised sufficiently off the ground to prevent it being flooded. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554C60BD" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:ind w:left="2520" w:hanging="360"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If stored outdoors the material must be covered with a weatherproof flame-resistant sheeting or tarpaulin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E28156A" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="64"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...6 lines deleted...]
-    <w:p w14:paraId="5691D799" w14:textId="768A2091" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Handling: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12CA6CC9" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="65"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="2520" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...6 lines deleted...]
-    <w:p w14:paraId="3408E21F" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Material shall be handled in accordance with sound material handling practices and in such a way as to minimize racking. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ABC166F" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="65"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="2520" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...6 lines deleted...]
-    <w:p w14:paraId="53D79B6C" w14:textId="77777777" w:rsidR="001931AF" w:rsidRPr="00E33ABF" w:rsidRDefault="001931AF" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Louver sections may be hoisted by attaching straps to the jambs and lifting the section while it is in a vertical position. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CB5A21A" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="65"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="2520" w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...164 lines deleted...]
-    <w:p w14:paraId="4CD0083F" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Louver sections should only be lifted and carried by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>jambs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Heads, sills, and blades are not to be used for lifting or hoisting louver sections. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1889FF" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63D92FF4" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="6B72F192" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PART 2 PRODUCTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E118008" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="33AA6AA5" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="206964F6" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="2BCA187B" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.01 Manufacturers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0652F1BC" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="0319E6AD" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">          A. Basis of Design – manufactured by Construction Specialties subject to compliance with requirements listed. The louvers and related materials herein specified and indicated on the drawings shall be manufactured by: Construction Specialties, 3 Werner Way, Lebanon, NJ 08833. Tel: 800.233.8493. Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00E33ABF">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>cet@c-sgroup.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. No substitutions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37106DE6" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="13B332F9" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Drawings and specifications are based on manufacturer’s literature from Construction Specialties, Inc. drawings and specifications unless otherwise indicated. Other manufacturers must be approved equal by Architect/Owner. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C54D7AA" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="5CB72FCF" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE256B2" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="7AB1EF43" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F24BE82" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="1734E018" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.02 Materials</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FAD64E2" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="6285AAD8" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="66"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Aluminum Extrusions: ASTM B211, Alloy 6063-T5, 6063-T6 or 6061-T6.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A03FBE8" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="3CF80E2A" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="66"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Aluminum Sheet: ASTM B3209, Alloy 1100, 3003 or 5005.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E3C9E5" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="1344381A" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EC5557E" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="3B2904ED" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="236DB3EB" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="2FAEDCE1" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2.03 Fabrication, General</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429BFCA3" w14:textId="19EC1E2D" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="625C62FA" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="67"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide CS louver models, bird screens, blank-off panels, structural </w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="7537D0E1" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+        <w:t>Provide CS louver models, bird screens, blank-off panels, structural supports, and accessories as specified and/or shown on the drawings. Materials, sizes, depths, arrangements, and material thickness to be as indicated or as required for optimal performance with respect to strength; durability; and uniform appearance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D4DF65A" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="67"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Louvers to be mechanically assembled using stainless steel or aluminum fasteners.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79553581" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="02F092E5" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="67"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Include supports, anchorage, and accessories required for complete assembly.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="54F29A1C" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+        <w:t xml:space="preserve">Include </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, anchorage, and accessories required for complete assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62401782" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50E7616B" w14:textId="16971702" w:rsidR="00E33ABF" w:rsidRDefault="00E33ABF" w:rsidP="003953BA">
+    <w:p w14:paraId="4FD2B889" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="H4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="68"/>
         </w:numPr>
-        <w:rPr>
-[...22 lines deleted...]
-    <w:p w14:paraId="0DB68CE9" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="003F5997">
+        <w:snapToGrid w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Louver Models  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61FE363C" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="69"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA5E15">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>CS 8” (203.2mm) Deep Standard Fixed Acoustical Louver Model A-8370</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F488A15" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+    <w:p w14:paraId="70738D29" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CE60D64" w14:textId="04AA90ED" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="003F5997">
+    <w:p w14:paraId="1BFB5748" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="70"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA5E15">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Material:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA5E15">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Fixed blades and frame to be formed from aluminum alloy sheet. Interior acoustical material to be fiberglass insulation protected </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003F5997">
+        <w:t xml:space="preserve"> Fixed blades and frame to be formed from aluminum alloy sheet. Interior acoustical material to be fiberglass insulation protected by a woven fire retardant (self–extinguishing) 100% polyester sheeting. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Nominal minimum material thickness to be as follows</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">by a woven fire retardant (self–extinguishing) 100% polyester sheeting. </w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>: Heads, sills, jambs, mullions and fixed blades: 0.081” (2.06mm).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="709C6CEC" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="003F5997">
+    <w:p w14:paraId="14502287" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="70"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA5E15">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Performance tested in accordance with AMCA:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA5E15">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> A 4’ x 4’ unit shall conform to the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C0B9165" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+    <w:p w14:paraId="61493F73" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8370" w:type="dxa"/>
         <w:tblInd w:w="1800" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5940"/>
         <w:gridCol w:w="2430"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w14:paraId="29C57011" w14:textId="77777777" w:rsidTr="007C2D77">
+      <w:tr w:rsidR="006E2015" w14:paraId="6FD0A5A9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22D5ACAE" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="521417A3" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Free Area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A4E52A5" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="67DBA187" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Batang" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>3.68 sq. ft. (0.34 sq. m.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w14:paraId="17272BE0" w14:textId="77777777" w:rsidTr="007C2D77">
+      <w:tr w:rsidR="006E2015" w14:paraId="33371A49" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1668F3DA" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="32703AA2" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Free area velocity at the point of beginning water penetration </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="535FA419" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="1686249B" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>942 FPM (318.8 m/min)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w14:paraId="4D61195F" w14:textId="77777777" w:rsidTr="007C2D77">
+      <w:tr w:rsidR="006E2015" w14:paraId="6ACABED4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54CAED37" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="63F84366" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Intake Pressure drop at the point of beginning water penetration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07FB43B5" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="463E9AF0" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>0.08 in. H</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>O (2.03 mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w14:paraId="6E9FA921" w14:textId="77777777" w:rsidTr="007C2D77">
+      <w:tr w:rsidR="006E2015" w14:paraId="2E99B733" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21172835" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="7F07BC74" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>Exhaust pressure drop at 1000 fpm free area velocity (305 m/min)</w:t>
+              <w:t xml:space="preserve">Exhaust pressure </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>drop</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at 1000 fpm free area velocity (305 m/min)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="106E32CD" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="66D5AEA4" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>0.12 in. H</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>O (2.79 mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7E283BD7" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+    <w:p w14:paraId="5A15EF66" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="688C93D3" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="003F5997">
+    <w:p w14:paraId="168E0E06" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="70"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA5E15">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Acoustical Performance:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DA5E15">
+        <w:lastRenderedPageBreak/>
+        <w:t>Acoustical</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Performance:</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> When tested in accordance with ASTM Standard E90-90 the louver shall have an STC of 15 and shall provide the following Noise Reduction:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5A5489" w14:textId="4D69D712" w:rsidR="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+    <w:p w14:paraId="62BCBA38" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:rPr>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1548" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2160"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w14:paraId="39078E6E" w14:textId="77777777" w:rsidTr="00CC3469">
+      <w:tr w:rsidR="006E2015" w14:paraId="07EB2E75" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32753B22" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="7D40DF77" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>Frequency (hz):</w:t>
+              <w:t>Frequency (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>hz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="566A53C7" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="3CC9D25D" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="481CDD9F" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="259816A0" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="166EFEEC" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="56A8AD9F" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B365543" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="2019A121" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E71C7A7" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="124725D7" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E05231D" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="4E835B15" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0620FA63" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="204A1464" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>4000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A325C31" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="54FCF90C" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>8000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w14:paraId="3F76AE77" w14:textId="77777777" w:rsidTr="00CC3469">
+      <w:tr w:rsidR="006E2015" w14:paraId="434FD6BD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71EFE880" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="646203F6" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Transmission Loss:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BB76ED6" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="1F3EDCD2" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6723D6CA" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="49AA1FB5" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64F3F56C" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="1E8F3E2B" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E1B1B9A" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="7850C22C" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70FEEE4F" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="4D3607EC" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F094734" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="2CDABEFA" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21FD957F" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="5EDD5948" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="185CE981" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="6CB6FE8A" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w14:paraId="0AE955D6" w14:textId="77777777" w:rsidTr="00CC3469">
+      <w:tr w:rsidR="006E2015" w14:paraId="6E31CEC2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="470FD256" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="68EDEBFF" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Noise Reduction:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4505158B" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="0A837F97" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F184957" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="71C2712F" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11C27243" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="4B7D1428" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BA63E4B" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="187B1495" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63B0A7CC" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="44D147A2" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B223453" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="2BB5F1D6" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A3E0741" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="7E0B6C5D" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78A91DCE" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+          <w:p w14:paraId="174932E2" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5E15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="348E98BB" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+    <w:p w14:paraId="07D5CD55" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D861B4B" w14:textId="77777777" w:rsidR="00DA5E15" w:rsidRPr="00DA5E15" w:rsidRDefault="00DA5E15" w:rsidP="00DA5E15">
+    <w:p w14:paraId="3032FC3D" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="542F2EE0" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+    <w:p w14:paraId="2F037924" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:b/>
         </w:rPr>
         <w:t>Finishes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31261839" w14:textId="3ADB31DB" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="334B30C5" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="900"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="num" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">General: Comply with NAAMM "Metal Finishes Manual" for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>finish</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> designations and application recommendations, except as otherwise indicated. Apply finishes in factory. Protect finishes on exposed surfaces prior to shipment. Remove scratches and blemishes from exposed surfaces that will be visible after completing finishing process.  </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:tab/>
         <w:t>Provide color as indicated or, if not otherwise indicated, as selected by architect.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D7C1C2D" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="008D29B5">
+    <w:p w14:paraId="669AD579" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="900"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="num" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
-[...6 lines deleted...]
-    <w:p w14:paraId="3D51992E" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">100% Fluoropolymer Resin Powder Coat System complying with AAMA-2605-5 standards for gloss and color retention.  Finish thickness to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.5 to 3.0 mils.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CFC6FFA" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="72"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Finish to allow zero VOCs to be emitted into facility of application or at job site.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E6E4157" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="5B60AEAC" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="72"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Finish to adhere to a 4H Hardness rating.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66CD9952" w14:textId="7DEFA2D1" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="2719E90F" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="72"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Furnish manufacturers twenty (20) year warranty for finish for gloss and color retention.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787FBC39" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="280E9F7F" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5764C3F4" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="540983B5" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D74D34" w14:textId="7535FED5" w:rsidR="008D29B5" w:rsidRDefault="008D29B5" w:rsidP="008D29B5">
+    <w:p w14:paraId="0C0E95EB" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
-        <w:t>B.</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">B.   </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk79410857"/>
-      <w:r w:rsidRPr="008D29B5">
-[...15 lines deleted...]
-    <w:p w14:paraId="52E3FDA9" w14:textId="0539A1FD" w:rsidR="008D29B5" w:rsidRPr="003A5214" w:rsidRDefault="008D29B5" w:rsidP="008D29B5">
+      <w:r>
+        <w:t xml:space="preserve">Wood Grain Powder Coat Finish is durable, with superior </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>scratch</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>fade</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> resistance. Available in 15            standard wood grain patterns with textured finish.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2699FFB6" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="73"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="1856" w:right="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A5214">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pretreatment: E-CLPS Chrome Free five stage aluminum pretreatment system. Complies with AAMA 2603 AAMA 2604 and AAMA 2605 Superior Performance Standard and meets EPA, OSHA, State and Local environmental requirements and contains no chromates, cyanides, or other heavy metals. Waste treatment is usually a simple pH neutralization and disposal to the sanitary sewer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F872A2B" w14:textId="77777777" w:rsidR="008D29B5" w:rsidRPr="003A5214" w:rsidRDefault="008D29B5" w:rsidP="008D29B5">
+    <w:p w14:paraId="7CF3AA74" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="3116" w:right="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F696B11" w14:textId="5D6733E8" w:rsidR="008D29B5" w:rsidRPr="003A5214" w:rsidRDefault="008D29B5" w:rsidP="008D29B5">
+    <w:p w14:paraId="2ADF0CF8" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="73"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1856"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A5214">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
         </w:rPr>
-        <w:t>Bonded Sublimated Film Finishes: Wood finish use a polyurethane powder coat with ink-based wood grain patterns sublimated into the base powder effectively tattooing the powder. The combined effect creates all the aesthetic aspects of real wood while offering the same environmental advantages of powder coated finishes.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1A3D54E7" w14:textId="77777777" w:rsidR="008D29B5" w:rsidRPr="003A5214" w:rsidRDefault="008D29B5" w:rsidP="008D29B5">
+        <w:t xml:space="preserve">Bonded Sublimated Film Finishes: Wood </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>finish</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a polyurethane powder coat with ink-based wood grain patterns sublimated into the base powder effectively tattooing the powder. The combined effect creates all the aesthetic aspects of real wood while offering the same environmental advantages of powder coated finishes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A013E11" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="3116"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DEEE0B5" w14:textId="77777777" w:rsidR="008D29B5" w:rsidRPr="003A5214" w:rsidRDefault="008D29B5" w:rsidP="008D29B5">
+    <w:p w14:paraId="2CB6DFF4" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="73"/>
         </w:numPr>
         <w:ind w:left="1856"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A5214">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Furnish manufacturers ten (10) year warranty for finish for gloss and color retention</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A5214">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6398A4A2" w14:textId="77777777" w:rsidR="008D29B5" w:rsidRPr="008D29B5" w:rsidRDefault="008D29B5" w:rsidP="008D29B5">
+    <w:p w14:paraId="7EBA5BF1" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="15B9811C" w14:textId="77777777" w:rsidR="008D29B5" w:rsidRPr="003D3CE6" w:rsidRDefault="008D29B5" w:rsidP="008D29B5">
+    <w:p w14:paraId="4E66379E" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:ind w:left="5077"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FBE3B2F" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="42708708" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63A0F3BC" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="71F9278D" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30B35049" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="7E6F50C4" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="540" w:firstLine="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>B.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:tab/>
         <w:t>Three Coat Fluorocarbon Coating</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1BC3F4" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="0F7A7BD9" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="74"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Louvers to be finished with a minimum 1.4 mil (0.035mm) thick full strength 70% resin, 3 coat Fluoropolymer system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="463953C3" w14:textId="3D01FE61" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="68EDE50F" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="74"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...11 lines deleted...]
-    <w:p w14:paraId="204F3DCD" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>All aluminum shall be thoroughly cleaned, etched, and given a chromated conversion pre-treatment before application of the Kynar/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Hylar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> coating. The coating shall consist of a primer, a high metallic color coat and a clear PVF2 topcoat. It shall receive a bake cycle of 17 minutes at 450°F. All finishing procedures shall be one continuous operation in the plant of the manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09795741" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="74"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...11 lines deleted...]
-    <w:p w14:paraId="1B02B2C6" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Manufacturer to furnish an extended 20 limited warranty for the Kynar/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Hylar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> coating. This limited warranty shall begin on the date of material shipment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F15142F" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51910C7A" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="36B41210" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44988727" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="3525B220" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A85AD0D" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="022F45F4" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="75"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Two Coat Fluorocarbon Coating</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654C82F1" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="6A9B4A53" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="76"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Louvers to be finished with a minimum 1.0 mil (0.025mm) thick full strength 70% resin, 2 coat Fluoropolymer system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434852BC" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="627F4432" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="76"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>All aluminum shall be thoroughly cleaned, etched and given a chromated conversion pre-treatment before application of the MICA II coating. The coating shall consist of a primer and a pearlescent pigmented PFV2 topcoat. It shall receive a bake cycle of 17 minutes at 450°F. All finishing procedures shall be one continuous operation in the plant of the manufacturer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="489AC173" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="47680E2D" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="76"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...12 lines deleted...]
-    <w:p w14:paraId="73FC39BB" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Manufacturer to furnish an extended 20 limited warranty for the Kynar/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t>Hylar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> coating. This limited warranty shall begin on the date of material shipment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF4B048" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E3FBCC9" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="2F1BB57D" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3A3C9D" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="550E55A6" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B344BD1" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="21F8A7F5" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="77"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Clear Anodize</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="204D89A3" w14:textId="653E5C46" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="5B5035FF" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="78"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Louvers to be given a one-hour 215R1 Architectural Class I anodic coating of 0.7 mil (0.018mm) thickness (Aluminum Association designation AA-C22A41). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A5FDAB" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="2F34693B" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="78"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t xml:space="preserve">The thickness of the coating shall be tested in accordance with ASTM B244-68. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50015F96" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="08B5BE00" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="78"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>The coating shall be sealed to pass the ASTM B136-77 Modified Dye Stain Test.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBCEEDB" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="3F46B701" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E2440F1" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="16E77343" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FDC4147" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="00707441">
+    <w:p w14:paraId="483D9945" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FC13801" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="7E2DD44A" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="79"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Bronze Anodic</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="728E57E6" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="3F360E1F" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="80"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>Louvers to be given a Bronze Anodic Architectural Class 1 coating of 0.7 mil (0.018mm) minimum thickness; and a minimum weight of 27 mg. per sq. in.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59CF1514" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="17C8A331" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="80"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>The thickness of the coating shall be tested in accordance with ASTM B244-68.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78688A49" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="003F5997">
+    <w:p w14:paraId="07293FCF" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="80"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
         </w:rPr>
         <w:t>The coating shall be sealed to pass the ASTM B136-77 Modified Dye Stain Test.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A3615A" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="548193BB" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60DA99C0" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="0A0D5B3B" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="81"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Bird Screens</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4955B5" w14:textId="2A69492A" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="00942B43" w:rsidP="000E2297">
+    <w:p w14:paraId="3D71A84C" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="82"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="4169DD5E" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+        <w:t xml:space="preserve">    Unless otherwise indicated, all louvers to be furnished with mill finish bird or insect screens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C52387C" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="83"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Screens to be 5/8” (15.9mm) mesh, 0.050” (1.27mm) thick expanded and flattened aluminum bird screen secured within 0.055” (1.40mm) thick extruded aluminum frames. Frames to have mitered corners and corner locks.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="155E261C" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+        <w:t xml:space="preserve">Screens to be 5/8” (15.9mm) mesh, 0.050” (1.27mm) thick expanded and flattened aluminum bird screen secured within 0.055” (1.40mm) thick extruded aluminum frames. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Frames to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have mitered corners and corner locks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094DD4D4" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57E8B42C" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="09EA6C16" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1554D813" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="01413BC6" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72F20D71" w14:textId="57119FDB" w:rsidR="008F3963" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="3E9EBBC0" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="84"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Screens to be 18 x 16 aluminum mesh 0.011” (0.279mm) diameter wire insect screens secured within 0.055” (1.40mm) thick extruded aluminum frames. Frames to have mitered corners and corner locks.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5A2E6BC6" w14:textId="41E97541" w:rsidR="003F5997" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+        <w:t xml:space="preserve">Screens to be 18 x 16 aluminum mesh 0.011” (0.279mm) diameter wire insect screens secured within 0.055” (1.40mm) thick extruded aluminum frames. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Frames to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have mitered corners and corner locks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A957DA7" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
-        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34440ECA" w14:textId="31F81C7F" w:rsidR="003F5997" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="04027139" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
-        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="166A080F" w14:textId="7CC3EBB5" w:rsidR="003F5997" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="6CBE4D5A" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
-        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03366ACE" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00E33ABF" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="5BAA77FF" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
-        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AFA9F43" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="35CA46AE" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BBCA6E2" w14:textId="59AC119D" w:rsidR="008F3963" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="2C066145" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="81"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Blank Offs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="392C9765" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00E33ABF" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="0BCE68AA" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1177C719" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="0066138E" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="0891F802" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="85"/>
         </w:numPr>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0066138E">
-[...24 lines deleted...]
-    <w:p w14:paraId="3B1DBC49" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Furnish as specified and where indicated on the drawings. Blank- off panel systems to be fabricated and installed on the louver by the louver manufacturer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E42BAF" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7ECD0AD1" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="666CB2F0" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00391FE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B24ED03" w14:textId="0AE676A7" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="73197D46" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="85"/>
         </w:numPr>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00391FE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Custom fabricated </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00391FE5">
+        <w:t xml:space="preserve">Custom fabricated Blank- off panels’ factory sealed and quality tested. Includes </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">independent 0.50” aluminum sheet forming the primary air and water seal, which is adhered with butyl tape and whose </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00391FE5">
+        <w:t xml:space="preserve">independent 0.50” aluminum sheet forming the primary air and water seal, which is adhered with butyl tape and whose perimeter is fully sealed and tooled with weather silicone.  Any insulated blank-off panels are to be fastened independently to </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>perimeter is fully sealed and tooled with weather silicone.  Any insulated blank-off panels are to be fastened independently to the rear side of the louver, through dry zones of the framing and NOT penetrating any part of the primary sealing sheet.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="72A553F1" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+        <w:t>the rear side of the louver, through dry zones of the framing and NOT penetrating any part of the primary sealing sheet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E7C956" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B924C2C" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="5E23B917" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1108" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00391FE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bird/insect screen shall be installed directly the back of the louver frame in between the louver and </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Bird/insect screen shall be installed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Blank- off</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00391FE5">
+        <w:t>directly</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> system.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="46810522" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+        <w:t xml:space="preserve"> the back of the louver frame in between the louver and Blank- off system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8080D3" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EAEB853" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="2BDACD7C" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">         </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="6FE23339" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+        <w:t xml:space="preserve">         Includes in-house quality control testing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0409D5AF" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro Light" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53D40133" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="08574091" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="073EE629" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="1654B1AD" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00391FE5">
-[...88 lines deleted...]
-    <w:p w14:paraId="13106433" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C.    0.050” (1.27mm) thick aluminum sheet blank-off (uninsulated) panels, model SO. Panels to be finished with standard black Kynar 500 minimum 1 mil (0.025mm) thick full strength 70% resin Fluoropolymer coating unless otherwise specified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A30F9C3" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="208"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00391FE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E0BFEE" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="53EA855B" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="748"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="273011A3" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00027754" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="670AD3E4" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="86"/>
         </w:numPr>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00027754">
-[...63 lines deleted...]
-      <w:r w:rsidRPr="00391FE5">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1” (25.4mm) thick insulated blank-off panels model IBO-1S, fabricated with hydrophobic fire rated mineral wool core having an R-value of 4 per inch (</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:position w:val="8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00391FE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F*ft</w:t>
       </w:r>
-      <w:r w:rsidRPr="00391FE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:position w:val="8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00391FE5">
-[...72 lines deleted...]
-    <w:p w14:paraId="7A215D92" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*h/Btu), faced on both sides with 0.032” (0.81 mm) thick aluminum sheet.  Panel perimeter frame to be 0.080” (2.03 mm) thick-formed aluminum channels. Panel frame to be mitered at the corners. Panels to be finished with standard black Kynar 500 minimum 1 mil (0.025mm) thick full strength 70% resin Fluoropolymer coating unless otherwise specified. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256FB7E2" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EB4EAD2" w14:textId="57D92AAC" w:rsidR="003F5997" w:rsidRDefault="00942B43" w:rsidP="003F5997">
+    <w:p w14:paraId="49EE1BB6" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00942B43">
-[...16 lines deleted...]
-    <w:p w14:paraId="4146DC68" w14:textId="77777777" w:rsidR="00942B43" w:rsidRPr="00942B43" w:rsidRDefault="00942B43" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OR  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EAA0150" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DA132DC" w14:textId="592BB27C" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="6B013EFD" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2” (50.8mm) thick i</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00391FE5">
+        <w:t>2” (50.8mm) thick insulated blank-off panels model IBO-2S, fabricated with hydrophobic fire rated mineral wool core having an R-value of 4 per inch (</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:position w:val="8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00391FE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F*ft</w:t>
       </w:r>
-      <w:r w:rsidRPr="00391FE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:position w:val="8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00391FE5">
-[...88 lines deleted...]
-    <w:p w14:paraId="3C290115" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*h/Btu) , faced on both sides with 0.032” (0.81 mm) thick aluminum sheet.  Panel perimeter frame to be 0.080” (2.03mm) thick-formed aluminum channels. Panel frame to be mitered at the corners. Panels to be finished with standard black Kynar 500 minimum 1 mil (0.025mm) thick full strength 70% resin Fluoropolymer coating unless otherwise specified. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29DA6374" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C1B5055" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00942B43" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="3A261037" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00942B43">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE58E38" w14:textId="77777777" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="6148D4DC" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="178DBCCF" w14:textId="21D00C13" w:rsidR="003F5997" w:rsidRPr="00391FE5" w:rsidRDefault="003F5997" w:rsidP="003F5997">
+    <w:p w14:paraId="421AF5AE" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1108"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3” (76.2mm) thick i</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00391FE5">
+        <w:t>3” (76.2mm) thick insulated blank-off panels model IBO-3S, fabricated with hydrophobic fire rated mineral wool core having an R-value of 4 per inch (</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:position w:val="8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00391FE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F*ft</w:t>
       </w:r>
-      <w:r w:rsidRPr="00391FE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:position w:val="8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00391FE5">
-[...112 lines deleted...]
-    <w:p w14:paraId="4EC915B7" w14:textId="1E8674EB" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*h/Btu),  faced on both sides with 0.032” (0.81 mm) thick aluminum sheet.  Panel perimeter frame to be 0.080” (2.03mm) thick-formed aluminum channels. Panel frame to be mitered at the corners. Panels to be finished with standard black Kynar 500 minimum 1 mil (0.025mm) thick full strength 70% resin Fluoropolymer coating unless otherwise specified. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F4FF46C" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Calibri" w:hAnsi="Myriad Pro Light"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:eastAsia="Calibri" w:hAnsi="Myriad Pro Light"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DE3A1E" w14:textId="77777777" w:rsidR="00C45812" w:rsidRDefault="00C45812" w:rsidP="008F3963">
+    <w:p w14:paraId="59608F67" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E8B775C" w14:textId="581CC5D4" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="686A36C9" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="center" w:pos="3600"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="center" w:pos="5040"/>
           <w:tab w:val="center" w:pos="5760"/>
           <w:tab w:val="center" w:pos="6480"/>
           <w:tab w:val="center" w:pos="7200"/>
           <w:tab w:val="center" w:pos="7920"/>
           <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>PART 3 EXECUTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276EE229" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="4DC4AB17" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63E6FB49" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="0CE464AE" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.01 Examination:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Examine openings to receive the work. Do not proceed until any unsatisfactory conditions have been corrected.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F4308CC" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="30F71A17" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39B53574" w14:textId="27772B62" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="12B0A4A6" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.02 Installation</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="16850B92" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+        <w:t xml:space="preserve">3.02 Installation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA921F0" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="87"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Comply with manufacturer's instructions and recommendations for installation of the work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0919A101" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+    <w:p w14:paraId="7C87BF6A" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="87"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Verify dimensions of supporting structure at the site by accurate field measurements so that the work will be accurately designed, fabricated, and fitted to the structure.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37426959" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+    <w:p w14:paraId="7EC72D6E" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="87"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anchor louvers to the building substructure as indicated on architectural drawings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D047D6" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+    <w:p w14:paraId="3A26D2C4" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="87"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Erection Tolerances:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1660A1AE" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+    <w:p w14:paraId="7E708224" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="87"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="142747E3" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Maximum variation from plane or location shown on the approved shop drawings: 1/8" per 12 feet of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>length, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not exceeding 1/2" in any total building length or portion thereof (non-cumulative).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3D9038" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="87"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="41FD815E" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maximum offset from true alignment between two members abutting end to end, edge-to-edge in line or separated by less than 3": 1/16" (shop or field joints). This limiting condition shall prevail under both load and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-load conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD298F8" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="87"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cut and trim component parts during erection only with the approval of the manufacturer or fabricator, and in accordance with his recommendations. Restore finish completely. Remove and replace members where cutting and trimming has impaired the strength or appearance of the assembly.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3558CBF0" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+    <w:p w14:paraId="13436020" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="87"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Do not erect warped, bowed, deformed, or otherwise damaged or defaced members. Remove and replace any members damaged in the erection process as directed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A949965" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="000E2297">
+    <w:p w14:paraId="1ACB732F" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="87"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Set units level, plumb and true to line, with uniform joints.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C826CB" w14:textId="77777777" w:rsidR="00707441" w:rsidRPr="00E33ABF" w:rsidRDefault="00707441" w:rsidP="008F3963">
+    <w:p w14:paraId="0A0E9776" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FD82187" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="6CD544FC" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.03 Protection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318B2211" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="4CC45D73" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="88"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Protect installed materials to prevent damage by other trades. Use materials that may be easily removed without leaving residue or permanent stains.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A6C0D7" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="2441DFD1" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3540C9B4" w14:textId="7E98408E" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="0E342301" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.04 Adjusting and </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="1186D0D1" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+        <w:t>3.04 Adjusting and Cleaning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012F9B2F" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="89"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Immediately clean exposed surfaces of the louvers to remove fingerprints and dirt accumulation during the installation process. Do not let soiling remain until the final cleaning.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C058DE8" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+        <w:t xml:space="preserve">Immediately clean exposed surfaces of the louvers to remove fingerprints and dirt accumulation during the installation process. Do not let </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>soiling</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remain until the final cleaning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6107EF" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="89"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Before final inspection, clean exposed surfaces with water and a mild soap or detergent not harmful to the material finishes. Thoroughly rinse surfaces and dry.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C21EF05" w14:textId="1155FA88" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+    <w:p w14:paraId="177A1599" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="89"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Restore louvers and accessory components damaged during installation and construction so no evidence remains of corrective work. If results of restoration are unsuccessful, as determined by the Architect, remove damaged </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D77ECE" w:rsidRPr="00E33ABF">
+        <w:t xml:space="preserve">Restore louvers and accessory components damaged during installation and construction so no evidence remains of corrective work. If results of restoration are unsuccessful, as determined by the Architect, remove damaged materials and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>materials,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E33ABF">
+        <w:t>replace</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and replace with new materials.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3CDB88D4" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="000E2297">
+        <w:t xml:space="preserve"> with new materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="419B4F48" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="89"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Touch up minor abrasions in finishes with a compatible air-dried coating that matches the color and gloss of the factory applied coating.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1D0A27" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="7E3D644B" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E1B4B8A" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="143D7F65" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E33ABF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
         </w:rPr>
         <w:t>End of Section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282DD104" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="164CF9C5" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00B83EE1" w14:textId="77777777" w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidRDefault="008F3963" w:rsidP="008F3963">
+    <w:p w14:paraId="2216B743" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="006E2015">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008F3963" w:rsidRPr="00E33ABF" w:rsidSect="00C90F1C">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="1977B5B6" w14:textId="77777777" w:rsidR="006E2015" w:rsidRDefault="006E2015" w:rsidP="00D8197D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006E2015" w:rsidSect="006E2015">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1872" w:right="979" w:bottom="1440" w:left="979" w:header="0" w:footer="1051" w:gutter="0"/>
+      <w:pgMar w:top="1760" w:right="720" w:bottom="1360" w:left="720" w:header="612" w:footer="1167" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57093203" w14:textId="77777777" w:rsidR="001A776D" w:rsidRDefault="001A776D">
+    <w:p w14:paraId="2F9BFD30" w14:textId="77777777" w:rsidR="007B3A1B" w:rsidRDefault="007B3A1B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56979852" w14:textId="77777777" w:rsidR="001A776D" w:rsidRDefault="001A776D">
+    <w:p w14:paraId="34BACDB7" w14:textId="77777777" w:rsidR="007B3A1B" w:rsidRDefault="007B3A1B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Light">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-Semibold">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sabon LT Pro">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro Light">
-    <w:altName w:val="Segoe UI Light"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0403030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Batang">
-    <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EC56BD8" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00AC32EC">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503307032" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C64C428" wp14:editId="00C600FC">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C64C428" wp14:editId="00C600FC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4450921</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9345295</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2785563" cy="504825"/>
               <wp:effectExtent l="0" t="0" r="10160" b="3175"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2785563" cy="504825"/>
                       </a:xfrm>
@@ -7114,51 +6624,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3C64C428" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:350.45pt;margin-top:735.85pt;width:219.35pt;height:39.75pt;z-index:-9448;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPQwuuyQEAAH8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/03QLXaqo6QpYLUJa&#10;LtIuH+A4dmOReKwZt0n5esZO0wX2DfFiTcYzx+ecmWxvxr4TR4PkwFfyarGUwngNjfP7Sn5/vHu1&#10;kYKi8o3qwJtKngzJm93LF9shlGYFLXSNQcEgnsohVLKNMZRFQbo1vaIFBOP50gL2KvIn7osG1cDo&#10;fVeslsvrYgBsAoI2RJy9nS7lLuNba3T8ai2ZKLpKMreYT8xnnc5it1XlHlVonT7TUP/AolfO86MX&#10;qFsVlTigewbVO41AYONCQ1+AtU6brIHVXC3/UvPQqmCyFjaHwsUm+n+w+svxIXxDEcf3MPIAswgK&#10;96B/EHtTDIHKc03ylEpK1fXwGRqepjpEyB2jxT7JZ0GCYdjp08VdM0ahObl6u1mvr19LofluvXyz&#10;Wa2T/YUq5+6AFD8a6EUKKok8vYyujvcUp9K5JD3m4c51XZ5g5/9IMGbKZPaJ8EQ9jvUoXJNUclMS&#10;U0NzYjkI017wHnPQAv6UYuCdqKTnpZWi++TZ8rQ+c4BzUM+B8pobKxmlmMIPcVqzQ0C3bxl38tbD&#10;OzbNuqznicOZLE85O3LeyLRGv3/nqqf/ZvcLAAD//wMAUEsDBBQABgAIAAAAIQA90Pyx4gAAAA4B&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwDIbvk/YOkSftNpLCoKM0RWhSzzDopB1DE9pujVM1&#10;oe3efubEbrb+T78/p9vJtmwwvW8cSohmApjB0ukGKwnFKX95A+aDQq1ah0bCr/GwzR4fUpVoN+KH&#10;GY6hYlSCPlES6hC6hHNf1sYqP3OdQcourrcq0NpXXPdqpHLb8rkQK25Vg3ShVp15r035c7xaCftF&#10;rE5Ffui/xb75wt0wfubFQcrnp2m3ARbMFO4w3PRJHTJyOrsras9aCbEQa0IpeI2jGNgNiRbrFbAz&#10;TctlNAeepfz/G9kfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI9DC67JAQAAfwMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD3Q/LHiAAAADgEA&#10;AA8AAAAAAAAAAAAAAAAAIwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:350.45pt;margin-top:735.85pt;width:219.35pt;height:39.75pt;z-index:-251660800;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPQwuuyQEAAH8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/03QLXaqo6QpYLUJa&#10;LtIuH+A4dmOReKwZt0n5esZO0wX2DfFiTcYzx+ecmWxvxr4TR4PkwFfyarGUwngNjfP7Sn5/vHu1&#10;kYKi8o3qwJtKngzJm93LF9shlGYFLXSNQcEgnsohVLKNMZRFQbo1vaIFBOP50gL2KvIn7osG1cDo&#10;fVeslsvrYgBsAoI2RJy9nS7lLuNba3T8ai2ZKLpKMreYT8xnnc5it1XlHlVonT7TUP/AolfO86MX&#10;qFsVlTigewbVO41AYONCQ1+AtU6brIHVXC3/UvPQqmCyFjaHwsUm+n+w+svxIXxDEcf3MPIAswgK&#10;96B/EHtTDIHKc03ylEpK1fXwGRqepjpEyB2jxT7JZ0GCYdjp08VdM0ahObl6u1mvr19LofluvXyz&#10;Wa2T/YUq5+6AFD8a6EUKKok8vYyujvcUp9K5JD3m4c51XZ5g5/9IMGbKZPaJ8EQ9jvUoXJNUclMS&#10;U0NzYjkI017wHnPQAv6UYuCdqKTnpZWi++TZ8rQ+c4BzUM+B8pobKxmlmMIPcVqzQ0C3bxl38tbD&#10;OzbNuqznicOZLE85O3LeyLRGv3/nqqf/ZvcLAAD//wMAUEsDBBQABgAIAAAAIQA90Pyx4gAAAA4B&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwDIbvk/YOkSftNpLCoKM0RWhSzzDopB1DE9pujVM1&#10;oe3efubEbrb+T78/p9vJtmwwvW8cSohmApjB0ukGKwnFKX95A+aDQq1ah0bCr/GwzR4fUpVoN+KH&#10;GY6hYlSCPlES6hC6hHNf1sYqP3OdQcourrcq0NpXXPdqpHLb8rkQK25Vg3ShVp15r035c7xaCftF&#10;rE5Ffui/xb75wt0wfubFQcrnp2m3ARbMFO4w3PRJHTJyOrsras9aCbEQa0IpeI2jGNgNiRbrFbAz&#10;TctlNAeepfz/G9kfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI9DC67JAQAAfwMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD3Q/LHiAAAADgEA&#10;AA8AAAAAAAAAAAAAAAAAIwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" filled="f" stroked="f">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="50A97BA4" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00947B63" w:rsidP="008C0015">
                     <w:pPr>
                       <w:spacing w:before="17" w:line="208" w:lineRule="exact"/>
                       <w:ind w:left="801"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>Questions? Connect with a CS</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:spacing w:val="-7"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
@@ -7228,51 +6738,51 @@
                     </w:r>
                     <w:r w:rsidRPr="008C0015">
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> Construction Specialties, Inc.  </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503307008" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47207DD7" wp14:editId="44888716">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47207DD7" wp14:editId="44888716">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3488871</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9339943</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="725443" cy="288290"/>
               <wp:effectExtent l="0" t="0" r="11430" b="3810"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="725443" cy="288290"/>
                       </a:xfrm>
@@ -7334,150 +6844,150 @@
                               <w:color w:val="231F20"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>800.233.8493</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="47207DD7" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:274.7pt;margin-top:735.45pt;width:57.1pt;height:22.7pt;z-index:-9472;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjXC4TywEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNN2wQImaroDVIqRl&#10;QVr2AxzHbiwSj5lxm5SvZ+y0XWBviIs1Ho+f33szXl9NQy/2BsmBr+XFYimF8Rpa57e1fPh282Il&#10;BUXlW9WDN7U8GJJXm+fP1mOoTAkd9K1BwSCeqjHUsosxVEVBujODogUE4/nQAg4q8ha3RYtqZPSh&#10;L8rl8nUxArYBQRsizl7Ph3KT8a01On6xlkwUfS2ZW8wr5rVJa7FZq2qLKnROH2mof2AxKOf50TPU&#10;tYpK7NA9gRqcRiCwcaFhKMBap03WwGouln+pue9UMFkLm0PhbBP9P1h9t78PX1HE6T1M3MAsgsIt&#10;6O/E3hRjoOpYkzylilJ1M36GlrupdhHyjcnikOSzIMEw7PTh7K6ZotCcfFO+urx8KYXmo3K1Kt9m&#10;9wtVnS4HpPjRwCBSUEvk5mVwtb+lmMio6lSS3vJw4/o+N7D3fyS4MGUy+cR3Zh6nZhKu5cdT15OW&#10;BtoDq0GYx4LHmIMO8KcUI49ELenHTqGRov/k2fM0P6cAT0FzCpTXfLWWUYo5/BDnOdsFdNuOkWdz&#10;Pbxj16zLih5ZHOlym7PQ40imOfp9n6seP87mFwAAAP//AwBQSwMEFAAGAAgAAAAhACZtP/PjAAAA&#10;DQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s3dZ2rDSd0NDEAXHYAIlj1oSm&#10;onGqJOuyt8ec4Gj/n35/rjfJDmzSPvQOBcxnGTCNrVM9dgLe33Z398BClKjk4FALuOgAm+b6qpaV&#10;cmfc6+kQO0YlGCopwMQ4VpyH1mgrw8yNGin7ct7KSKPvuPLyTOV24IssK7mVPdIFI0e9Nbr9Ppys&#10;gI/tuHtJn0a+ToV6flqs9hffJiFub9LjA7CoU/yD4Vef1KEhp6M7oQpsEFDk65xQCvJVtgZGSFku&#10;S2BHWhXzcgm8qfn/L5ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGNcLhPLAQAAgAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACZtP/PjAAAA&#10;DQEAAA8AAAAAAAAAAAAAAAAAJQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA1BQAA&#10;AAA=&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="47207DD7" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:274.7pt;margin-top:735.45pt;width:57.1pt;height:22.7pt;z-index:-251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjXC4TywEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNN2wQImaroDVIqRl&#10;QVr2AxzHbiwSj5lxm5SvZ+y0XWBviIs1Ho+f33szXl9NQy/2BsmBr+XFYimF8Rpa57e1fPh282Il&#10;BUXlW9WDN7U8GJJXm+fP1mOoTAkd9K1BwSCeqjHUsosxVEVBujODogUE4/nQAg4q8ha3RYtqZPSh&#10;L8rl8nUxArYBQRsizl7Ph3KT8a01On6xlkwUfS2ZW8wr5rVJa7FZq2qLKnROH2mof2AxKOf50TPU&#10;tYpK7NA9gRqcRiCwcaFhKMBap03WwGouln+pue9UMFkLm0PhbBP9P1h9t78PX1HE6T1M3MAsgsIt&#10;6O/E3hRjoOpYkzylilJ1M36GlrupdhHyjcnikOSzIMEw7PTh7K6ZotCcfFO+urx8KYXmo3K1Kt9m&#10;9wtVnS4HpPjRwCBSUEvk5mVwtb+lmMio6lSS3vJw4/o+N7D3fyS4MGUy+cR3Zh6nZhKu5cdT15OW&#10;BtoDq0GYx4LHmIMO8KcUI49ELenHTqGRov/k2fM0P6cAT0FzCpTXfLWWUYo5/BDnOdsFdNuOkWdz&#10;Pbxj16zLih5ZHOlym7PQ40imOfp9n6seP87mFwAAAP//AwBQSwMEFAAGAAgAAAAhACZtP/PjAAAA&#10;DQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s3dZ2rDSd0NDEAXHYAIlj1oSm&#10;onGqJOuyt8ec4Gj/n35/rjfJDmzSPvQOBcxnGTCNrVM9dgLe33Z398BClKjk4FALuOgAm+b6qpaV&#10;cmfc6+kQO0YlGCopwMQ4VpyH1mgrw8yNGin7ct7KSKPvuPLyTOV24IssK7mVPdIFI0e9Nbr9Ppys&#10;gI/tuHtJn0a+ToV6flqs9hffJiFub9LjA7CoU/yD4Vef1KEhp6M7oQpsEFDk65xQCvJVtgZGSFku&#10;S2BHWhXzcgm8qfn/L5ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGNcLhPLAQAAgAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACZtP/PjAAAA&#10;DQEAAA8AAAAAAAAAAAAAAAAAJQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA1BQAA&#10;AAA=&#10;" filled="f" stroked="f">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="1DCC7041" w14:textId="77777777" w:rsidR="009525AD" w:rsidRDefault="009525AD" w:rsidP="009525AD">
                     <w:pPr>
                       <w:spacing w:line="208" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>c-sgroup.com</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="46FB3552" w14:textId="77777777" w:rsidR="002C056E" w:rsidRDefault="00947B63">
                     <w:pPr>
                       <w:spacing w:before="17" w:line="208" w:lineRule="exact"/>
                       <w:ind w:left="44"/>
                       <w:rPr>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>800.233.8493</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00947B63">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="268425935" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44B31E19" wp14:editId="26968D62">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251652608" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44B31E19" wp14:editId="26968D62">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>706029</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9344104</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1882744" cy="273266"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="image1.jpeg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="image1.jpeg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1882744" cy="273266"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00AD1C42">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503306984" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78BABC71" wp14:editId="2EDC4512">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78BABC71" wp14:editId="2EDC4512">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>685800</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9230360</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6400800" cy="0"/>
               <wp:effectExtent l="0" t="12700" r="12700" b="12700"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="Line 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6400800" cy="0"/>
                       </a:xfrm>
@@ -7495,232 +7005,212 @@
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="74ED7B1A" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-9496;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="54pt,726.8pt" to="558pt,726.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4H+9gwgEAAG0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc692kqeusvM4hdnpx&#10;W0tpfsAYWC8qMAiwd/3vO+CPNO2t6gUBb3gz780wfxitYQcVokbX8ptJzZlyAqV2u5a//Hj6MOMs&#10;JnASDDrV8qOK/GHx/t188I26xR6NVIERiYvN4Fvep+SbqoqiVxbiBL1yBHYYLCQ6hl0lAwzEbk11&#10;W9fTasAgfUChYqTb5Qnki8LfdUqk710XVWKm5VRbKmso6zav1WIOzS6A77U4lwH/UIUF7SjplWoJ&#10;Cdg+6L+orBYBI3ZpItBW2HVaqKKB1NzUf6h57sGrooXMif5qU/x/tOLbYROYli2/48yBpRattVPs&#10;Y3Zm8LGhgEe3CVmbGN2zX6P4GQmr3oD5ED0xbYevKIkE9gmLIWMXbH5MUtlYfD9efVdjYoIup3d1&#10;PaupPeKCVdBcHvoQ0xeFluVNyw1VV4jhsI4pFwLNJSTncfikjSltNY4NNJP39ae6vIhotMxojoth&#10;t300gR2AJmM1XX1ezbJkYnsTlqmXEPtTXIFOMxNw72RJ0yuQq/M+gTanPREZd7YpO3Nyc4vyuAk5&#10;T3aMeloynucvD83v5xL1+ksWvwAAAP//AwBQSwMEFAAGAAgAAAAhABxCbFjhAAAAEwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMT8FOwzAMvSPtHyJP4saSMlZNXdMJgThNIG3lwNFrTFvRJFWTdR1fj3dA&#10;cLH8nu3n9/LtZDsx0hBa7zQkCwWCXOVN62oN7+XL3RpEiOgMdt6RhgsF2Bazmxwz489uT+Mh1oJF&#10;XMhQQxNjn0kZqoYshoXvyfHs0w8WI8OhlmbAM4vbTt4rlUqLreMPDfb01FD1dThZDa1ZWtwF9TZ+&#10;lN/hVVX7VSwnrW/n0/OGy+MGRKQp/l3ANQP7h4KNHf3JmSA6xmrNgSI3D6tlCuK6kiQpc8dfTha5&#10;/J+l+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4H+9gwgEAAG0DAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAcQmxY4QAAABMBAAAPAAAAAAAA&#10;AAAAAAAAABwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAKgUAAAAA&#10;" strokecolor="#e6e7e8" strokeweight="1.5pt">
+            <v:line w14:anchorId="5BDCD731" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="54pt,726.8pt" to="558pt,726.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBe0FV/sQEAAEwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8mO2zAMvRfoPwi6N/YM2jQ14sxhkull&#10;2gaY9gMYSY6FyqIgKrHz96WUpdut6EUQFz3yPVLLh2lw4mgiWfStvJvVUhivUFu/b+W3r09vFlJQ&#10;Aq/BoTetPBmSD6vXr5ZjaMw99ui0iYJBPDVjaGWfUmiqilRvBqAZBuM52GEcILEZ95WOMDL64Kr7&#10;up5XI0YdIipDxN71OShXBb/rjEpfuo5MEq6V3FsqZyznLp/VagnNPkLorbq0Af/QxQDWc9Eb1BoS&#10;iEO0f0ENVkUk7NJM4VBh11llCgdmc1f/wealh2AKFxaHwk0m+n+w6vPx0W9jbl1N/iU8o/pOLEo1&#10;BmpuwWxQ2EaxGz+h5jHCIWHhO3VxyI+ZiZiKrKebrGZKQrFz/rauFzWrr66xCprrwxApfTQ4iHxp&#10;pbM+M4YGjs+UciPQXFOy2+OTda5MzXkx8sp9qN/V5QWhszpHcx7F/e7RRXEEHvxmvnm/WeRZM9pv&#10;aRl6DdSf80rovBIRD16XMr0BvbncE1h3vjOQ8xeZsjJ54ajZoT5tY66TLR5ZqXhZr7wTv9ol6+cn&#10;WP0AAAD//wMAUEsDBBQABgAIAAAAIQCWbi323AAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9N&#10;S8NAEL0L/odlBG92N9aGErMpIngShbYePE6zYxLMzobsNo3+eqcH0du8D968V25m36uJxtgFtpAt&#10;DCjiOriOGwtv+6ebNaiYkB32gcnCF0XYVJcXJRYunHhL0y41SkI4FmihTWkotI51Sx7jIgzEon2E&#10;0WMSODbajXiScN/rW2Ny7bFj+dDiQI8t1Z+7o7fQuaXH52hep/f9d3wx9XaV9rO111fzwz2oRHP6&#10;M8O5vlSHSjodwpFdVL1gs5YtSY671TIHdbZkWS7c4ZfTVan/z6h+AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAF7QVX+xAQAATAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAJZuLfbcAAAADgEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokecolor="#e6e7e8" strokeweight="1.5pt">
               <o:lock v:ext="edit" shapetype="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55998172" w14:textId="77777777" w:rsidR="001A776D" w:rsidRDefault="001A776D">
+    <w:p w14:paraId="517607B2" w14:textId="77777777" w:rsidR="007B3A1B" w:rsidRDefault="007B3A1B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E64B499" w14:textId="77777777" w:rsidR="001A776D" w:rsidRDefault="001A776D">
+    <w:p w14:paraId="2A193DCF" w14:textId="77777777" w:rsidR="007B3A1B" w:rsidRDefault="007B3A1B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="0B17479C" w14:textId="77777777" w:rsidR="000A49E7" w:rsidRDefault="000A49E7" w:rsidP="000A49E7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0E2E0CD9" w14:textId="77777777" w:rsidR="003E6C8F" w:rsidRDefault="003E6C8F" w:rsidP="003E6C8F">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:color w:val="D2232A"/>
         <w:spacing w:val="-8"/>
         <w:lang w:bidi="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="503309080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E1CDA65" wp14:editId="23F31C8D">
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="449A5ABA" wp14:editId="70976809">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>419100</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="737235" cy="271780"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="217" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="737235" cy="271780"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="1D1033DA" w14:textId="77777777" w:rsidR="000A49E7" w:rsidRDefault="000A49E7" w:rsidP="000A49E7">
+                        <w:p w14:paraId="385ACB17" w14:textId="573CFAE1" w:rsidR="003E6C8F" w:rsidRDefault="00F27305" w:rsidP="003E6C8F">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
-                            <w:t>06/17/2024</w:t>
+                            <w:t>03/03/2026</w:t>
                           </w:r>
-                        </w:p>
-[...8 lines deleted...]
-                          </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="2E1CDA65" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="449A5ABA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:6.85pt;margin-top:33pt;width:58.05pt;height:21.4pt;z-index:503309080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWgEAcCAIAAPQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuGyEQvVfqPyDu9dobu+usvI7SpKkq&#10;pU2ltB+AWfCiAkMBe9f9+g6s41jpLQoHBMzMm3lvhtXVYDTZCx8U2IbOJlNKhOXQKrtt6K+fdx+W&#10;lITIbMs0WNHQgwj0av3+3ap3tSihA90KTxDEhrp3De1idHVRBN4Jw8IEnLBolOANi3j126L1rEd0&#10;o4tyOv1Y9OBb54GLEPD1djTSdcaXUvD4IGUQkeiGYm0x7z7vm7QX6xWrt565TvFjGewVVRimLCY9&#10;Qd2yyMjOq/+gjOIeAsg44WAKkFJxkTkgm9n0BZvHjjmRuaA4wZ1kCm8Hy7/vH90PT+LwCQZsYCYR&#10;3D3w34FYuOmY3Ypr76HvBGsx8SxJVvQu1MfQJHWoQwLZ9N+gxSazXYQMNEhvkirIkyA6NuBwEl0M&#10;kXB8rC6q8mJBCUdTWc2qZW5KweqnYOdD/CLAkHRoqMeeZnC2vw8xFcPqJ5eUy8Kd0jr3VVvSN/Ry&#10;US5ywJnFqIhjp5Vp6HKa1jgIieNn2+bgyJQez5hA2yPpxHNkHIfNgI6J/AbaA9L3MI4Xfof4gJvU&#10;gOm5Vo6SDvzfl2/JDzuJFkp6HMGGhj875gUl+qtFqS9n83ma2XyZL6oSL/7csjm3MMsRqqGRkvF4&#10;E/Ocj5pcY0ukynI9V3zkhKOVVTx+gzS75/fs9fxZ1/8AAAD//wMAUEsDBBQABgAIAAAAIQDPnxTt&#10;2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcmFMEVSlNJwTiCmIDJG5Z&#10;47UVjVM12Vr+Pd4JTn7Ws977XK0XP6gjTbEPbCBbaVDETXA9twbet89XBaiYLDs7BCYDPxRhXZ+f&#10;VbZ0YeY3Om5SqySEY2kNdCmNJWJsOvI2rsJILN4+TN4mWacW3WRnCfcDXmudo7c9S0NnR3rsqPne&#10;HLyBj5f91+eNfm2f/O04h0Uj+zs05vJiebgHlWhJf8dwwhd0qIVpFw7sohoMyCPJQJ7LPLlZnoHa&#10;idBFAVhX+J+//gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAWgEAcCAIAAPQDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDPnxTt2gAAAAcBAAAP&#10;AAAAAAAAAAAAAAAAAGIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:6.85pt;margin-top:33pt;width:58.05pt;height:21.4pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWgEAcCAIAAPQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuGyEQvVfqPyDu9dobu+usvI7SpKkq&#10;pU2ltB+AWfCiAkMBe9f9+g6s41jpLQoHBMzMm3lvhtXVYDTZCx8U2IbOJlNKhOXQKrtt6K+fdx+W&#10;lITIbMs0WNHQgwj0av3+3ap3tSihA90KTxDEhrp3De1idHVRBN4Jw8IEnLBolOANi3j126L1rEd0&#10;o4tyOv1Y9OBb54GLEPD1djTSdcaXUvD4IGUQkeiGYm0x7z7vm7QX6xWrt565TvFjGewVVRimLCY9&#10;Qd2yyMjOq/+gjOIeAsg44WAKkFJxkTkgm9n0BZvHjjmRuaA4wZ1kCm8Hy7/vH90PT+LwCQZsYCYR&#10;3D3w34FYuOmY3Ypr76HvBGsx8SxJVvQu1MfQJHWoQwLZ9N+gxSazXYQMNEhvkirIkyA6NuBwEl0M&#10;kXB8rC6q8mJBCUdTWc2qZW5KweqnYOdD/CLAkHRoqMeeZnC2vw8xFcPqJ5eUy8Kd0jr3VVvSN/Ry&#10;US5ywJnFqIhjp5Vp6HKa1jgIieNn2+bgyJQez5hA2yPpxHNkHIfNgI6J/AbaA9L3MI4Xfof4gJvU&#10;gOm5Vo6SDvzfl2/JDzuJFkp6HMGGhj875gUl+qtFqS9n83ma2XyZL6oSL/7csjm3MMsRqqGRkvF4&#10;E/Ocj5pcY0ukynI9V3zkhKOVVTx+gzS75/fs9fxZ1/8AAAD//wMAUEsDBBQABgAIAAAAIQDPnxTt&#10;2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcmFMEVSlNJwTiCmIDJG5Z&#10;47UVjVM12Vr+Pd4JTn7Ws977XK0XP6gjTbEPbCBbaVDETXA9twbet89XBaiYLDs7BCYDPxRhXZ+f&#10;VbZ0YeY3Om5SqySEY2kNdCmNJWJsOvI2rsJILN4+TN4mWacW3WRnCfcDXmudo7c9S0NnR3rsqPne&#10;HLyBj5f91+eNfm2f/O04h0Uj+zs05vJiebgHlWhJf8dwwhd0qIVpFw7sohoMyCPJQJ7LPLlZnoHa&#10;idBFAVhX+J+//gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAWgEAcCAIAAPQDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDPnxTt2gAAAAcBAAAP&#10;AAAAAAAAAAAAAAAAAGIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="1D1033DA" w14:textId="77777777" w:rsidR="000A49E7" w:rsidRDefault="000A49E7" w:rsidP="000A49E7">
+                  <w:p w14:paraId="385ACB17" w14:textId="573CFAE1" w:rsidR="003E6C8F" w:rsidRDefault="00F27305" w:rsidP="003E6C8F">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Myriad Pro Light" w:hAnsi="Myriad Pro Light"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
-                      <w:t>06/17/2024</w:t>
+                      <w:t>03/03/2026</w:t>
                     </w:r>
-                  </w:p>
-[...8 lines deleted...]
-                    </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1722D39D" w14:textId="77777777" w:rsidR="000A49E7" w:rsidRPr="008757B9" w:rsidRDefault="000A49E7" w:rsidP="000A49E7">
+  <w:p w14:paraId="17AF8BFE" w14:textId="77777777" w:rsidR="003E6C8F" w:rsidRPr="008757B9" w:rsidRDefault="003E6C8F" w:rsidP="003E6C8F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>ARCHITECTURAL</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:spacing w:val="27"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:sz w:val="20"/>
@@ -7740,60 +7230,60 @@
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>SOLUTIONS</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:spacing w:val="15"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="414042"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>- LOUVER SPECIFICATION</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0715EEB1" w14:textId="5DB29A13" w:rsidR="002C056E" w:rsidRPr="000A49E7" w:rsidRDefault="002C056E" w:rsidP="000A49E7">
+  <w:p w14:paraId="0715EEB1" w14:textId="1F5A1557" w:rsidR="002C056E" w:rsidRPr="003E6C8F" w:rsidRDefault="002C056E" w:rsidP="003E6C8F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -8280,50 +7770,298 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07E809CF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="94285434"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08486C0B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="41D4C774"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1221" w:hanging="952"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1221" w:hanging="952"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="91"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1376" w:hanging="353"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="79"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3473" w:hanging="353"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4520" w:hanging="353"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5566" w:hanging="353"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6613" w:hanging="353"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7660" w:hanging="353"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8706" w:hanging="353"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09D0191A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C469B52"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1536" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2256" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8365,51 +8103,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5856" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6576" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7296" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F2B1DCB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="40B85FA2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8484,51 +8222,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13380DEC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8603,51 +8341,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14C32FAD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EFBA6400"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8743,170 +8481,452 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16C23D68"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ECC273A6"/>
+    <w:lvl w:ilvl="0" w:tplc="36D042E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:ind w:left="1343" w:hanging="351"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="83"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F8F6B130">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2286" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0E6A34CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3232" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4F1C6E82">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4178" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0826FA88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5124" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D4708D06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6070" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7FE62858">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7016" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FE3CFA9A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7962" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7C927AF8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8908" w:hanging="351"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B886AE4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E9C4CA6C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="697" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...9 lines deleted...]
-        <w:rFonts w:hint="default"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="697" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="88"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1345" w:hanging="350"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="83"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="2073" w:hanging="350"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="1"/>
-[...8 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2080" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="1"/>
-[...8 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2440" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4112" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5784" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7456" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1EEC6B7D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BCB6085E"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="883" w:hanging="423"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="883" w:hanging="423"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="85"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1350" w:hanging="354"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="79"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1717" w:hanging="354"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1700" w:hanging="354"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1720" w:hanging="354"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2080" w:hanging="354"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="1"/>
-[...8 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4260" w:hanging="354"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="1"/>
-[...8 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6440" w:hanging="354"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EED156B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EFBA6400"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9002,51 +9022,168 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21F272E8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F23A3640"/>
+    <w:lvl w:ilvl="0" w:tplc="A22CDDF8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1359" w:hanging="363"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="79"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3678FF42">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2304" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4C860F2C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3248" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5A62EFC4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4192" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B3CABBAC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5136" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="68FCE87A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6080" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="32DC8FC6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7024" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1B82BF9A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7968" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0242DC82">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8912" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="229C6342"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F60AEF8"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9088,51 +9225,327 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25F60F6D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EA86DD74"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2069" w:hanging="364"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="271" w:hanging="435"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="88"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1346" w:hanging="350"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="83"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2069" w:hanging="358"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2080" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3533" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4986" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6440" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7893" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29DC15AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D86C33A0"/>
+    <w:lvl w:ilvl="0" w:tplc="E604A5D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2070" w:hanging="364"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="ABFA2B08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2CDA34E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3824" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C44F438">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4696" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9CDC0F3A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5568" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A7DE9F7C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6440" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EC30998C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7312" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="27F8B17C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8184" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5C70D23E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9056" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C893323"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="58C02612"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimalZero"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9228,51 +9641,174 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34B368CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2E05F68"/>
+    <w:lvl w:ilvl="0" w:tplc="776C0A68">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2070" w:hanging="364"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="97145AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F932B070">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3824" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="55C84956">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4696" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="ECB0BCAA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5568" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="56A0BFB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6440" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="528A0FC4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7312" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1514F320">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8184" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B900AA44">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9056" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36977A70"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10587516"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9347,51 +9883,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CDB62A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DC8365E"/>
     <w:lvl w:ilvl="0" w:tplc="6C28D4AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -9436,51 +9972,194 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D5C2003"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA0AA240"/>
+    <w:lvl w:ilvl="0" w:tplc="E3528744">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="628" w:hanging="354"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="83"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D1B00E1A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="626" w:hanging="358"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5F1E713C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="358"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6E841FC8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4097" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="88326FAC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A9F476D8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5394" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9F7C0008">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6043" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="80524360">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6692" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1464C8EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7340" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="481A51CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F2E74A4"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9555,51 +10234,174 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="481F06ED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E51CEA2C"/>
+    <w:lvl w:ilvl="0" w:tplc="1FA0A480">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2073" w:hanging="364"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="508A5698">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="72B2B342">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3824" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="86E8F44A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4696" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="834C9482">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5568" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D940EF20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6440" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4A260C52">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7312" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E81E8EE0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8184" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AC000396">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9056" w:hanging="364"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ADA41C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="726E875C"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9641,51 +10443,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B624144"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6B4CC630"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9760,51 +10562,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B902A4A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9879,51 +10681,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F0E1699"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9998,51 +10800,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FB5192A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F21A9182"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10118,51 +10920,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50E23C79"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D25CC2CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10258,51 +11060,170 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52B51EFA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="37BECECC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53837E95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24F2B174"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10374,137 +11295,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5616513C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94285434"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10579,51 +11414,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ABD5875"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE6275E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10698,51 +11533,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FAF0AF0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10817,51 +11652,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61E71644"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0749CCE"/>
     <w:lvl w:ilvl="0" w:tplc="082CD638">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -10906,51 +11741,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="632F4A92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B5245E0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -10992,51 +11827,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66A47DDA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE6275E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11111,51 +11946,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6705019A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94285434"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11230,51 +12065,168 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67E040DE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7CF0744A"/>
+    <w:lvl w:ilvl="0" w:tplc="DA1E2C84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2121" w:hanging="363"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="87"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="39BC360E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2988" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="06EAB694">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3856" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DCF653B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4724" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="126ACFBE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5592" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="28C2FC9A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6460" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="54887468">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7328" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4FB64A90">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8196" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D7B01CE2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9064" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="682D42A1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94285434"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11349,51 +12301,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="760B4675"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37BECECC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11468,51 +12420,178 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E0D01B8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6150BD6E"/>
+    <w:lvl w:ilvl="0" w:tplc="C89A66A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1347" w:hanging="351"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="79"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1F624EBC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2068" w:hanging="359"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DAB4E396">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2060" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="980A6560">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="90A45D42">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4245" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2384F2B6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5337" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="CD20C6E4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6430" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="98E4F692">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7522" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CC1AB456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8615" w:hanging="359"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA12E06"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ADD2FE88"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimalZero"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11608,51 +12687,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F664DB4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE6275E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11727,120 +12806,114 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="134371898">
+  <w:num w:numId="1" w16cid:durableId="1593780315">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2080204612">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1986934753">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1516338131">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="178743504">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1437603310">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="963268515">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="167211683">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1923252025">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1541160798">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="10" w16cid:durableId="201721569">
+    <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2091385785">
+  <w:num w:numId="11" w16cid:durableId="739644652">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2007514617">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1673289416">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="432629383">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="371152239">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="604116516">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1485009688">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="407576834">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="835415140">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1806004803">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="552231002">
-    <w:abstractNumId w:val="32"/>
+  <w:num w:numId="21" w16cid:durableId="732856153">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="92942527">
-[...56 lines deleted...]
-  <w:num w:numId="24" w16cid:durableId="679086911">
+  <w:num w:numId="22" w16cid:durableId="1401050970">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
@@ -11871,51 +12944,51 @@
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="6">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="2092310968">
+  <w:num w:numId="23" w16cid:durableId="1540435832">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
@@ -11932,51 +13005,51 @@
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:lvl w:ilvl="5">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:lvl w:ilvl="6">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="592670187">
+  <w:num w:numId="24" w16cid:durableId="1660188187">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
@@ -12007,51 +13080,51 @@
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="6">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="2031028230">
+  <w:num w:numId="25" w16cid:durableId="1670520084">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
@@ -12068,51 +13141,51 @@
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:lvl w:ilvl="5">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:lvl w:ilvl="6">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="933635830">
+  <w:num w:numId="26" w16cid:durableId="1566645545">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
@@ -12143,51 +13216,286 @@
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="6">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1874540605">
+  <w:num w:numId="27" w16cid:durableId="1149589542">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="519583551">
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="491340365">
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="2014332064">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1512336516">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1004866331">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1827821139">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="2053142401">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1863324414">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1382828444">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="630327682">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1874540605">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
@@ -12204,465 +13512,2027 @@
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:lvl w:ilvl="5">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:lvl w:ilvl="6">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="209077004">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="39" w16cid:durableId="558051011">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1988901903">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1229027148">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1565874245">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="2024240930">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1160585767">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="980308890">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1233194378">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1109932554">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="202711762">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="938106226">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="1009722">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="135878666">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="2011329176">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="1746761404">
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="3">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="4">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="5">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="6">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="893395069">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="54" w16cid:durableId="1400057459">
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
-      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="55" w16cid:durableId="174224108">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="3">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="4">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="5">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="6">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
-  </w:num>
-[...3 lines deleted...]
-      <w:lvl w:ilvl="0">
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="56" w16cid:durableId="609241973">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="57" w16cid:durableId="1059090454">
+    <w:abstractNumId w:val="27"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="58" w16cid:durableId="640766520">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="59" w16cid:durableId="1777165740">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="60" w16cid:durableId="1762489176">
+    <w:abstractNumId w:val="47"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="61" w16cid:durableId="1767846468">
+    <w:abstractNumId w:val="32"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="62" w16cid:durableId="667828910">
+    <w:abstractNumId w:val="8"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="63" w16cid:durableId="1008210605">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="64" w16cid:durableId="2122530436">
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="65" w16cid:durableId="60562361">
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1376348149">
+  <w:num w:numId="66" w16cid:durableId="1140461106">
+    <w:abstractNumId w:val="36"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="67" w16cid:durableId="1540897697">
+    <w:abstractNumId w:val="40"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="68" w16cid:durableId="560332930">
+    <w:abstractNumId w:val="20"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="4"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="69" w16cid:durableId="366301205">
+    <w:abstractNumId w:val="35"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="70" w16cid:durableId="636029170">
+    <w:abstractNumId w:val="37"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="71" w16cid:durableId="1021512600">
+    <w:abstractNumId w:val="25"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="72" w16cid:durableId="1797718513">
     <w:abstractNumId w:val="17"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1042822257">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="73" w16cid:durableId="1750421925">
+    <w:abstractNumId w:val="39"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="558051011">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="74" w16cid:durableId="264928047">
+    <w:abstractNumId w:val="44"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1988901903">
-    <w:abstractNumId w:val="27"/>
+  <w:num w:numId="75" w16cid:durableId="1035158629">
+    <w:abstractNumId w:val="9"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1243687342">
-    <w:abstractNumId w:val="35"/>
+  <w:num w:numId="76" w16cid:durableId="1664967014">
+    <w:abstractNumId w:val="29"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="1980112462">
+  <w:num w:numId="77" w16cid:durableId="1607149433">
     <w:abstractNumId w:val="22"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1480149094">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="78" w16cid:durableId="1450394611">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="2099476657">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="79" w16cid:durableId="175075348">
+    <w:abstractNumId w:val="28"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:numIdMacAtCleanup w:val="38"/>
+  <w:num w:numId="80" w16cid:durableId="160656447">
+    <w:abstractNumId w:val="30"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="81" w16cid:durableId="474878719">
+    <w:abstractNumId w:val="46"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="6"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="82" w16cid:durableId="2095198944">
+    <w:abstractNumId w:val="34"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="83" w16cid:durableId="1006442494">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="84" w16cid:durableId="1272203629">
+    <w:abstractNumId w:val="15"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="85" w16cid:durableId="890380977">
+    <w:abstractNumId w:val="23"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="86" w16cid:durableId="753748134">
+    <w:abstractNumId w:val="38"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="4"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="87" w16cid:durableId="1210455156">
+    <w:abstractNumId w:val="43"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="88" w16cid:durableId="969481373">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="89" w16cid:durableId="488374624">
+    <w:abstractNumId w:val="41"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="37"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="91"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="187"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009525AD"/>
-    <w:rsid w:val="00004728"/>
     <w:rsid w:val="000158E6"/>
+    <w:rsid w:val="00023DDB"/>
+    <w:rsid w:val="00037BAA"/>
+    <w:rsid w:val="00037ED8"/>
+    <w:rsid w:val="00041A3E"/>
     <w:rsid w:val="0004560A"/>
     <w:rsid w:val="00047809"/>
-    <w:rsid w:val="000A49E7"/>
+    <w:rsid w:val="0007028C"/>
+    <w:rsid w:val="000E068B"/>
     <w:rsid w:val="000E2297"/>
-    <w:rsid w:val="0010158E"/>
     <w:rsid w:val="00114587"/>
-    <w:rsid w:val="00127A55"/>
+    <w:rsid w:val="001440CD"/>
     <w:rsid w:val="00155D81"/>
+    <w:rsid w:val="001861A5"/>
     <w:rsid w:val="001931AF"/>
-    <w:rsid w:val="001A776D"/>
     <w:rsid w:val="001D17DE"/>
     <w:rsid w:val="001E05E6"/>
     <w:rsid w:val="001F6721"/>
     <w:rsid w:val="002000FB"/>
     <w:rsid w:val="00217A5D"/>
     <w:rsid w:val="0022592F"/>
+    <w:rsid w:val="002358B5"/>
     <w:rsid w:val="00266ACC"/>
     <w:rsid w:val="00287776"/>
     <w:rsid w:val="002A2E66"/>
     <w:rsid w:val="002C056E"/>
     <w:rsid w:val="002C6FA7"/>
     <w:rsid w:val="002F1B74"/>
+    <w:rsid w:val="003148EA"/>
     <w:rsid w:val="00330376"/>
     <w:rsid w:val="003853F2"/>
     <w:rsid w:val="00391FE5"/>
     <w:rsid w:val="003953BA"/>
     <w:rsid w:val="003B0F88"/>
     <w:rsid w:val="003D08DE"/>
     <w:rsid w:val="003E5953"/>
-    <w:rsid w:val="003F5997"/>
-    <w:rsid w:val="00445446"/>
+    <w:rsid w:val="003E6C8F"/>
     <w:rsid w:val="00455B83"/>
     <w:rsid w:val="00464BB6"/>
+    <w:rsid w:val="00466D25"/>
     <w:rsid w:val="00467C80"/>
     <w:rsid w:val="00490CBD"/>
     <w:rsid w:val="00493ED8"/>
+    <w:rsid w:val="00546978"/>
     <w:rsid w:val="00561899"/>
     <w:rsid w:val="00574EB0"/>
+    <w:rsid w:val="005821AF"/>
     <w:rsid w:val="005E21A0"/>
     <w:rsid w:val="005E2B34"/>
     <w:rsid w:val="00613995"/>
+    <w:rsid w:val="00632C3F"/>
     <w:rsid w:val="00656A05"/>
+    <w:rsid w:val="006979F7"/>
     <w:rsid w:val="00697C82"/>
+    <w:rsid w:val="006A6FCD"/>
+    <w:rsid w:val="006B20BB"/>
+    <w:rsid w:val="006E2015"/>
     <w:rsid w:val="006F39D0"/>
     <w:rsid w:val="00707441"/>
     <w:rsid w:val="00730E54"/>
     <w:rsid w:val="007317F1"/>
+    <w:rsid w:val="007409C7"/>
     <w:rsid w:val="00743C38"/>
     <w:rsid w:val="00743C40"/>
+    <w:rsid w:val="007567BE"/>
     <w:rsid w:val="0078059C"/>
     <w:rsid w:val="007A2756"/>
-    <w:rsid w:val="007C2D77"/>
+    <w:rsid w:val="007B3A1B"/>
+    <w:rsid w:val="007C7055"/>
     <w:rsid w:val="007E491C"/>
+    <w:rsid w:val="008209D7"/>
     <w:rsid w:val="00830B5A"/>
+    <w:rsid w:val="00831FC5"/>
     <w:rsid w:val="00851755"/>
     <w:rsid w:val="008C0015"/>
-    <w:rsid w:val="008D29B5"/>
+    <w:rsid w:val="008C12B5"/>
     <w:rsid w:val="008F3963"/>
     <w:rsid w:val="008F5191"/>
-    <w:rsid w:val="00942B43"/>
     <w:rsid w:val="00947B63"/>
     <w:rsid w:val="009525AD"/>
     <w:rsid w:val="00955096"/>
     <w:rsid w:val="009827DB"/>
     <w:rsid w:val="00992A00"/>
+    <w:rsid w:val="009A2454"/>
+    <w:rsid w:val="00A02360"/>
+    <w:rsid w:val="00A07383"/>
     <w:rsid w:val="00A36A8D"/>
     <w:rsid w:val="00A72E85"/>
+    <w:rsid w:val="00A77CFA"/>
     <w:rsid w:val="00A802E6"/>
+    <w:rsid w:val="00A9448C"/>
     <w:rsid w:val="00A95886"/>
     <w:rsid w:val="00AB2E3C"/>
     <w:rsid w:val="00AC2D3C"/>
     <w:rsid w:val="00AC32EC"/>
     <w:rsid w:val="00AD1C42"/>
     <w:rsid w:val="00AE2567"/>
     <w:rsid w:val="00B32912"/>
     <w:rsid w:val="00B4092D"/>
     <w:rsid w:val="00B77285"/>
     <w:rsid w:val="00B919DE"/>
     <w:rsid w:val="00BD1549"/>
     <w:rsid w:val="00BD2E74"/>
     <w:rsid w:val="00BD3068"/>
     <w:rsid w:val="00BD7FA4"/>
+    <w:rsid w:val="00BE3672"/>
+    <w:rsid w:val="00BE53BB"/>
     <w:rsid w:val="00BF0FFD"/>
     <w:rsid w:val="00C11373"/>
     <w:rsid w:val="00C45812"/>
+    <w:rsid w:val="00C54794"/>
     <w:rsid w:val="00C554FC"/>
     <w:rsid w:val="00C66AC0"/>
     <w:rsid w:val="00C67048"/>
     <w:rsid w:val="00C83646"/>
     <w:rsid w:val="00C90F1C"/>
     <w:rsid w:val="00C968C5"/>
     <w:rsid w:val="00CA6EDC"/>
+    <w:rsid w:val="00CC1C4D"/>
     <w:rsid w:val="00CD50E8"/>
+    <w:rsid w:val="00D06B23"/>
     <w:rsid w:val="00D17161"/>
     <w:rsid w:val="00D34D9D"/>
-    <w:rsid w:val="00D77ECE"/>
+    <w:rsid w:val="00D81049"/>
+    <w:rsid w:val="00D8197D"/>
+    <w:rsid w:val="00D81BB1"/>
     <w:rsid w:val="00D94088"/>
-    <w:rsid w:val="00DA5E15"/>
+    <w:rsid w:val="00DB618C"/>
     <w:rsid w:val="00DB7265"/>
-    <w:rsid w:val="00E2769A"/>
     <w:rsid w:val="00E30EC9"/>
     <w:rsid w:val="00E33ABF"/>
     <w:rsid w:val="00E53005"/>
     <w:rsid w:val="00E530C8"/>
+    <w:rsid w:val="00E57FB8"/>
     <w:rsid w:val="00E864EA"/>
     <w:rsid w:val="00ED185E"/>
     <w:rsid w:val="00EE31B4"/>
     <w:rsid w:val="00F03A30"/>
+    <w:rsid w:val="00F27305"/>
+    <w:rsid w:val="00F27A65"/>
     <w:rsid w:val="00F35C72"/>
     <w:rsid w:val="00F41442"/>
+    <w:rsid w:val="00F70EF1"/>
     <w:rsid w:val="00F76E0F"/>
     <w:rsid w:val="00F91B35"/>
     <w:rsid w:val="00FB50FA"/>
+    <w:rsid w:val="00FF5D01"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val="|"/>
   <w14:docId w14:val="71ADB91A"/>
   <w15:docId w15:val="{8A3169AA-463A-A84A-A3F5-2B0C570C5E90}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13042,50 +15912,51 @@
     <w:rPr>
       <w:rFonts w:ascii="MyriadPro-Light" w:eastAsia="MyriadPro-Light" w:hAnsi="MyriadPro-Light" w:cs="MyriadPro-Light"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00AC32EC"/>
     <w:pPr>
       <w:ind w:left="100"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MyriadPro-Semibold" w:eastAsia="MyriadPro-Semibold" w:hAnsi="MyriadPro-Semibold" w:cs="MyriadPro-Semibold"/>
       <w:bCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007E491C"/>
     <w:pPr>
       <w:ind w:left="510" w:hanging="410"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MyriadPro-Semibold" w:eastAsia="MyriadPro-Semibold" w:hAnsi="MyriadPro-Semibold" w:cs="MyriadPro-Semibold"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00613995"/>
@@ -13354,93 +16225,115 @@
     <w:rsid w:val="00E33ABF"/>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00613995"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="008D29B5"/>
+    <w:rsid w:val="00E57FB8"/>
     <w:rPr>
       <w:rFonts w:ascii="MyriadPro-Light" w:eastAsia="MyriadPro-Light" w:hAnsi="MyriadPro-Light" w:cs="MyriadPro-Light"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="000A49E7"/>
+    <w:rsid w:val="003E6C8F"/>
     <w:pPr>
       <w:spacing w:before="291"/>
       <w:ind w:left="100"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Sabon LT Pro" w:eastAsia="Sabon LT Pro" w:hAnsi="Sabon LT Pro" w:cs="Sabon LT Pro"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="000A49E7"/>
+    <w:rsid w:val="003E6C8F"/>
     <w:rPr>
       <w:rFonts w:ascii="Sabon LT Pro" w:eastAsia="Sabon LT Pro" w:hAnsi="Sabon LT Pro" w:cs="Sabon LT Pro"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList1">
+    <w:name w:val="No List1"/>
+    <w:next w:val="NoList"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002358B5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006E2015"/>
+    <w:rPr>
+      <w:rFonts w:ascii="MyriadPro-Semibold" w:eastAsia="MyriadPro-Semibold" w:hAnsi="MyriadPro-Semibold" w:cs="MyriadPro-Semibold"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cet@c-sgroup.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -13710,76 +16603,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{608F7CC3-FEB0-5E4F-9C35-96A651C416C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14422</Characters>
+  <Pages>7</Pages>
+  <Words>2583</Words>
+  <Characters>14728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16919</CharactersWithSpaces>
+  <CharactersWithSpaces>17277</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Justin Teffeteller</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2019-05-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 14.0 (Macintosh)</vt:lpwstr>
   </property>